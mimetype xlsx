--- v0 (2025-12-26)
+++ v1 (2026-02-15)
@@ -414,169 +414,138 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:AC8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <cols>
-[...29 lines deleted...]
-  </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>division</v>
       </c>
       <c r="B1" t="str">
         <v>position</v>
       </c>
       <c r="C1" t="str">
         <v>position_raw</v>
       </c>
       <c r="D1" t="str">
         <v>name</v>
       </c>
       <c r="E1" t="str">
         <v>event_relative_score</v>
       </c>
       <c r="F1" t="str">
         <v>event_total_score</v>
       </c>
       <c r="G1" t="str">
         <v>pdga_number</v>
       </c>
       <c r="H1" t="str">
         <v>username</v>
       </c>
       <c r="I1" t="str">
         <v>round_relative_score</v>
       </c>
       <c r="J1" t="str">
         <v>round_total_score</v>
       </c>
       <c r="K1" t="str">
-        <v>hole_1</v>
+        <v>hole 1</v>
       </c>
       <c r="L1" t="str">
-        <v>hole_2</v>
+        <v>hole 2</v>
       </c>
       <c r="M1" t="str">
-        <v>hole_3</v>
+        <v>hole 3</v>
       </c>
       <c r="N1" t="str">
-        <v>hole_4</v>
+        <v>hole 4</v>
       </c>
       <c r="O1" t="str">
-        <v>hole_5</v>
+        <v>hole 5</v>
       </c>
       <c r="P1" t="str">
-        <v>hole_6</v>
+        <v>hole 6</v>
       </c>
       <c r="Q1" t="str">
-        <v>hole_7</v>
+        <v>hole 7</v>
       </c>
       <c r="R1" t="str">
-        <v>hole_8</v>
+        <v>hole 8</v>
       </c>
       <c r="S1" t="str">
-        <v>hole_9</v>
+        <v>hole 9</v>
       </c>
       <c r="T1" t="str">
-        <v>hole_10</v>
+        <v>hole 10</v>
       </c>
       <c r="U1" t="str">
-        <v>hole_11</v>
+        <v>hole 11</v>
       </c>
       <c r="V1" t="str">
-        <v>hole_12</v>
+        <v>hole 12</v>
       </c>
       <c r="W1" t="str">
-        <v>hole_13</v>
+        <v>hole 13</v>
       </c>
       <c r="X1" t="str">
-        <v>hole_14</v>
+        <v>hole 14</v>
       </c>
       <c r="Y1" t="str">
-        <v>hole_Z</v>
+        <v>hole 15</v>
       </c>
       <c r="Z1" t="str">
-        <v>hole_15</v>
+        <v>hole 16</v>
       </c>
       <c r="AA1" t="str">
-        <v>hole_16</v>
+        <v>hole 17</v>
       </c>
       <c r="AB1" t="str">
-        <v>hole_17</v>
+        <v>hole 18</v>
       </c>
       <c r="AC1" t="str">
-        <v>hole_18</v>
+        <v>hole 19</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Jordan Johnson</v>
       </c>
       <c r="E2">
         <v>-36</v>
       </c>
       <c r="F2">
         <v>21</v>
       </c>
       <c r="G2">
         <v>160504</v>
       </c>
       <c r="H2" t="str">