--- v0 (2025-11-09)
+++ v1 (2025-11-30)
@@ -1025,1290 +1025,1275 @@
       </c>
       <c r="AO4">
         <v>2</v>
       </c>
       <c r="AP4">
         <v>3</v>
       </c>
       <c r="AQ4">
         <v>2</v>
       </c>
       <c r="AR4">
         <v>3</v>
       </c>
       <c r="AS4">
         <v>3</v>
       </c>
       <c r="AT4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
-        <v>T4</v>
+        <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>&lt;milhouseKHDG</v>
+        <v>#1*Suspect*</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>223551</v>
+        <v>108</v>
       </c>
       <c r="H5" t="str">
-        <v>milhousekhdg</v>
+        <v>gabem88</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z5">
         <v>2</v>
       </c>
       <c r="AA5">
         <v>2</v>
       </c>
       <c r="AB5">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="AC5">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AD5">
         <v>3</v>
       </c>
       <c r="AE5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AG5">
         <v>3</v>
       </c>
       <c r="AH5">
         <v>3</v>
       </c>
       <c r="AI5">
         <v>3</v>
       </c>
       <c r="AJ5">
         <v>2</v>
       </c>
       <c r="AK5">
         <v>3</v>
       </c>
       <c r="AL5">
         <v>3</v>
       </c>
       <c r="AM5">
         <v>3</v>
       </c>
       <c r="AN5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AO5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AP5">
         <v>3</v>
       </c>
       <c r="AQ5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AR5">
         <v>3</v>
       </c>
       <c r="AS5">
+        <v>3</v>
+      </c>
+      <c r="AT5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
-        <v>T4</v>
+        <v>5</v>
       </c>
       <c r="C6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>#1*Suspect*</v>
+        <v>Speedy</v>
       </c>
       <c r="E6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F6">
-        <v>108</v>
+        <v>109</v>
+      </c>
+      <c r="G6">
+        <v>197788</v>
       </c>
       <c r="H6" t="str">
-        <v>gabem88</v>
+        <v>mainebeatz904</v>
       </c>
       <c r="I6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J6">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>4</v>
       </c>
       <c r="S6">
         <v>4</v>
       </c>
       <c r="T6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X6">
         <v>2</v>
       </c>
       <c r="Y6">
         <v>4</v>
       </c>
       <c r="Z6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA6">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
       <c r="AC6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AD6">
         <v>3</v>
       </c>
       <c r="AE6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AG6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AH6">
         <v>3</v>
       </c>
       <c r="AI6">
         <v>3</v>
       </c>
       <c r="AJ6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AK6">
         <v>3</v>
       </c>
       <c r="AL6">
         <v>3</v>
       </c>
       <c r="AM6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AN6">
         <v>4</v>
       </c>
       <c r="AO6">
         <v>3</v>
       </c>
       <c r="AP6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AQ6">
         <v>3</v>
       </c>
       <c r="AR6">
         <v>3</v>
       </c>
       <c r="AS6">
         <v>3</v>
       </c>
       <c r="AT6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>Speedy</v>
+        <v>^JOJO^</v>
       </c>
       <c r="E7">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F7">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>197788</v>
+        <v>115</v>
       </c>
       <c r="H7" t="str">
-        <v>mainebeatz904</v>
+        <v>jojolopez</v>
       </c>
       <c r="I7">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="J7">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P7">
         <v>4</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y7">
         <v>4</v>
       </c>
       <c r="Z7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA7">
+        <v>3</v>
+      </c>
+      <c r="AB7">
+        <v>3</v>
+      </c>
+      <c r="AC7">
+        <v>4</v>
+      </c>
+      <c r="AD7">
+        <v>3</v>
+      </c>
+      <c r="AE7">
+        <v>2</v>
+      </c>
+      <c r="AF7">
         <v>5</v>
       </c>
-      <c r="AB7">
-[...13 lines deleted...]
-      </c>
       <c r="AG7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AH7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AI7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AJ7">
         <v>3</v>
       </c>
       <c r="AK7">
         <v>3</v>
       </c>
       <c r="AL7">
         <v>3</v>
       </c>
       <c r="AM7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AN7">
         <v>4</v>
       </c>
       <c r="AO7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AP7">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AQ7">
         <v>3</v>
       </c>
       <c r="AR7">
         <v>3</v>
       </c>
       <c r="AS7">
         <v>3</v>
       </c>
       <c r="AT7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Pete Tedford</v>
+        <v>$lefty</v>
       </c>
       <c r="E8">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F8">
-        <v>107</v>
+        <v>118</v>
       </c>
       <c r="G8">
-        <v>129999</v>
+        <v>115839</v>
       </c>
       <c r="H8" t="str">
-        <v>peteted84</v>
+        <v>markac</v>
       </c>
       <c r="I8">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="J8">
-        <v>107</v>
+        <v>118</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y8">
         <v>4</v>
       </c>
       <c r="Z8">
         <v>2</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AE8">
         <v>3</v>
       </c>
       <c r="AF8">
         <v>3</v>
       </c>
       <c r="AG8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AH8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AI8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AJ8">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AK8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AL8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AM8">
         <v>3</v>
       </c>
       <c r="AN8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AO8">
         <v>3</v>
       </c>
       <c r="AP8">
         <v>3</v>
       </c>
       <c r="AQ8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AR8">
         <v>3</v>
       </c>
       <c r="AS8">
+        <v>3</v>
+      </c>
+      <c r="AT8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Jeremy Meier</v>
+        <v>Shawn ambielli</v>
       </c>
       <c r="E9">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="F9">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>26125</v>
+        <v>119</v>
       </c>
       <c r="H9" t="str">
-        <v>jeremymeier1</v>
+        <v>smurfblue</v>
       </c>
       <c r="I9">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="J9">
-        <v>108</v>
+        <v>119</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q9">
+        <v>4</v>
+      </c>
+      <c r="R9">
+        <v>3</v>
+      </c>
+      <c r="S9">
+        <v>3</v>
+      </c>
+      <c r="T9">
+        <v>4</v>
+      </c>
+      <c r="U9">
+        <v>2</v>
+      </c>
+      <c r="V9">
+        <v>4</v>
+      </c>
+      <c r="W9">
+        <v>4</v>
+      </c>
+      <c r="X9">
+        <v>3</v>
+      </c>
+      <c r="Y9">
+        <v>4</v>
+      </c>
+      <c r="Z9">
+        <v>2</v>
+      </c>
+      <c r="AA9">
+        <v>4</v>
+      </c>
+      <c r="AB9">
+        <v>3</v>
+      </c>
+      <c r="AC9">
         <v>5</v>
       </c>
-      <c r="R9">
-[...34 lines deleted...]
-      </c>
       <c r="AD9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE9">
         <v>3</v>
       </c>
       <c r="AF9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AH9">
         <v>3</v>
       </c>
       <c r="AI9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AJ9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AK9">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AL9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AM9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AN9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AO9">
         <v>3</v>
       </c>
       <c r="AP9">
         <v>3</v>
       </c>
       <c r="AQ9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AR9">
         <v>3</v>
       </c>
       <c r="AS9">
+        <v>3</v>
+      </c>
+      <c r="AT9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>DNF</v>
       </c>
       <c r="D10" t="str">
-        <v xml:space="preserve">Adan Rivera </v>
+        <v>Jeremy Meier</v>
       </c>
       <c r="E10">
+        <v>3</v>
+      </c>
+      <c r="F10">
+        <v>108</v>
+      </c>
+      <c r="G10">
+        <v>26125</v>
+      </c>
+      <c r="H10" t="str">
+        <v>jeremymeier1</v>
+      </c>
+      <c r="I10">
+        <v>3</v>
+      </c>
+      <c r="J10">
+        <v>108</v>
+      </c>
+      <c r="K10">
+        <v>3</v>
+      </c>
+      <c r="L10">
+        <v>3</v>
+      </c>
+      <c r="M10">
+        <v>3</v>
+      </c>
+      <c r="N10">
+        <v>3</v>
+      </c>
+      <c r="O10">
+        <v>2</v>
+      </c>
+      <c r="P10">
+        <v>4</v>
+      </c>
+      <c r="Q10">
         <v>5</v>
       </c>
-      <c r="F10">
-[...31 lines deleted...]
-      </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
         <v>3</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
         <v>3</v>
       </c>
       <c r="AB10">
         <v>4</v>
       </c>
       <c r="AC10">
         <v>4</v>
       </c>
       <c r="AD10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE10">
         <v>3</v>
       </c>
       <c r="AF10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG10">
         <v>3</v>
       </c>
       <c r="AH10">
         <v>3</v>
       </c>
       <c r="AI10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AJ10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AK10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AL10">
         <v>3</v>
       </c>
       <c r="AM10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AN10">
         <v>2</v>
       </c>
       <c r="AO10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AP10">
         <v>3</v>
       </c>
       <c r="AQ10">
         <v>3</v>
       </c>
       <c r="AR10">
         <v>3</v>
       </c>
       <c r="AS10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>DNF</v>
       </c>
       <c r="D11" t="str">
-        <v>^JOJO^</v>
+        <v>Pete Tedford</v>
       </c>
       <c r="E11">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F11">
-        <v>115</v>
+        <v>107</v>
+      </c>
+      <c r="G11">
+        <v>129999</v>
       </c>
       <c r="H11" t="str">
-        <v>jojolopez</v>
+        <v>peteted84</v>
       </c>
       <c r="I11">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="J11">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
         <v>4</v>
       </c>
       <c r="Z11">
         <v>2</v>
       </c>
       <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD11">
         <v>3</v>
       </c>
       <c r="AE11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF11">
+        <v>3</v>
+      </c>
+      <c r="AG11">
+        <v>2</v>
+      </c>
+      <c r="AH11">
+        <v>3</v>
+      </c>
+      <c r="AI11">
+        <v>4</v>
+      </c>
+      <c r="AJ11">
         <v>5</v>
       </c>
-      <c r="AG11">
-[...10 lines deleted...]
-      </c>
       <c r="AK11">
         <v>3</v>
       </c>
       <c r="AL11">
         <v>3</v>
       </c>
       <c r="AM11">
         <v>3</v>
       </c>
       <c r="AN11">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AO11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AP11">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AQ11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AR11">
         <v>3</v>
       </c>
       <c r="AS11">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="AT11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>DNF</v>
       </c>
       <c r="D12" t="str">
-        <v>$lefty</v>
+        <v>&lt;milhouseKHDG</v>
       </c>
       <c r="E12">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="F12">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="G12">
-        <v>115839</v>
+        <v>223551</v>
       </c>
       <c r="H12" t="str">
-        <v>markac</v>
+        <v>milhousekhdg</v>
       </c>
       <c r="I12">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J12">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R12">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z12">
         <v>2</v>
       </c>
       <c r="AA12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AC12">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AD12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AE12">
         <v>3</v>
       </c>
       <c r="AF12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AG12">
         <v>3</v>
       </c>
       <c r="AH12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AI12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AJ12">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AK12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AL12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AM12">
         <v>3</v>
       </c>
       <c r="AN12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AO12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AP12">
         <v>3</v>
       </c>
       <c r="AQ12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AR12">
         <v>3</v>
       </c>
       <c r="AS12">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="AT12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>DNF</v>
       </c>
       <c r="D13" t="str">
-        <v>Shawn ambielli</v>
+        <v xml:space="preserve">Adan Rivera </v>
       </c>
       <c r="E13">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="F13">
-        <v>119</v>
+        <v>110</v>
       </c>
       <c r="H13" t="str">
-        <v>smurfblue</v>
+        <v>adan420</v>
       </c>
       <c r="I13">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="J13">
-        <v>119</v>
+        <v>110</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X13">
         <v>3</v>
       </c>
       <c r="Y13">
         <v>4</v>
       </c>
       <c r="Z13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AD13">
         <v>3</v>
       </c>
       <c r="AE13">
         <v>3</v>
       </c>
       <c r="AF13">
         <v>3</v>
       </c>
       <c r="AG13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AH13">
         <v>3</v>
       </c>
       <c r="AI13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AJ13">
         <v>3</v>
       </c>
       <c r="AK13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AL13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AM13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AN13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AO13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AP13">
         <v>3</v>
       </c>
       <c r="AQ13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AR13">
         <v>3</v>
       </c>
       <c r="AS13">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="AT13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>DNF</v>
       </c>
       <c r="D14" t="str">
         <v>Maher</v>
       </c>
       <c r="E14">
         <v>18</v>
       </c>
       <c r="F14">
         <v>123</v>
       </c>
       <c r="H14" t="str">
         <v>maher01</v>
       </c>
       <c r="I14">
         <v>18</v>
       </c>
       <c r="J14">
         <v>123</v>
       </c>
       <c r="K14">
         <v>4</v>
       </c>
       <c r="L14">
         <v>4</v>
       </c>