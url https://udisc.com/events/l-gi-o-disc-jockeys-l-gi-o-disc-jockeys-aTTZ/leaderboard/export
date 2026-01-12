--- v0 (2025-10-09)
+++ v1 (2026-01-12)
@@ -882,50 +882,53 @@
         <v>2</v>
       </c>
       <c r="AA5">
         <v>4</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>DNF</v>
       </c>
       <c r="D6" t="str">
         <v>Pete Glocker</v>
       </c>
       <c r="E6">
         <v>3</v>
       </c>
       <c r="F6">
         <v>36</v>
       </c>
+      <c r="G6">
+        <v>320143</v>
+      </c>
       <c r="H6" t="str">
         <v>peteglocker</v>
       </c>
       <c r="I6">
         <v>3</v>
       </c>
       <c r="J6">
         <v>36</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>4</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">