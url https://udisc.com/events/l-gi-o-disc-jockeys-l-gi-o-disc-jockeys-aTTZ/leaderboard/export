--- v1 (2026-01-12)
+++ v2 (2026-02-25)
@@ -542,197 +542,200 @@
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Clyde the Kid</v>
+        <v>Dom Koury</v>
       </c>
       <c r="E2">
         <v>2</v>
       </c>
       <c r="F2">
         <v>57</v>
       </c>
+      <c r="G2">
+        <v>320198</v>
+      </c>
       <c r="H2" t="str">
-        <v>clydethekid</v>
+        <v>frankybigfoot</v>
       </c>
       <c r="I2">
         <v>2</v>
       </c>
       <c r="J2">
         <v>57</v>
       </c>
       <c r="K2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P2">
         <v>4</v>
       </c>
       <c r="Q2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S2">
         <v>4</v>
       </c>
       <c r="T2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U2">
         <v>3</v>
       </c>
       <c r="V2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA2">
         <v>4</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
-        <v>Dom Koury</v>
+        <v>Clyde the Kid</v>
       </c>
       <c r="E3">
         <v>2</v>
       </c>
       <c r="F3">
         <v>57</v>
       </c>
       <c r="H3" t="str">
-        <v>frankybigfoot</v>
+        <v>clydethekid</v>
       </c>
       <c r="I3">
         <v>2</v>
       </c>
       <c r="J3">
         <v>57</v>
       </c>
       <c r="K3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P3">
         <v>4</v>
       </c>
       <c r="Q3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S3">
         <v>4</v>
       </c>
       <c r="T3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA3">
         <v>4</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Emilio Ruiz</v>
       </c>
       <c r="E4">
         <v>10</v>
       </c>
       <c r="F4">