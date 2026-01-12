--- v0 (2025-10-08)
+++ v1 (2026-01-12)
@@ -711,185 +711,188 @@
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
         <v>2</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Clyde the Kid</v>
+        <v>Pete Glocker</v>
       </c>
       <c r="E4">
         <v>6</v>
       </c>
       <c r="F4">
         <v>61</v>
       </c>
+      <c r="G4">
+        <v>320143</v>
+      </c>
       <c r="H4" t="str">
-        <v>clydethekid</v>
+        <v>peteglocker</v>
       </c>
       <c r="I4">
         <v>6</v>
       </c>
       <c r="J4">
         <v>61</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W4">
         <v>5</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
         <v>4</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
-        <v>Pete Glocker</v>
+        <v>Clyde the Kid</v>
       </c>
       <c r="E5">
         <v>6</v>
       </c>
       <c r="F5">
         <v>61</v>
       </c>
       <c r="H5" t="str">
-        <v>peteglocker</v>
+        <v>clydethekid</v>
       </c>
       <c r="I5">
         <v>6</v>
       </c>
       <c r="J5">
         <v>61</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W5">
         <v>5</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
         <v>4</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">