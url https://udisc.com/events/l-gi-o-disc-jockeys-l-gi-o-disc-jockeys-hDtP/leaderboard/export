--- v1 (2026-01-12)
+++ v2 (2026-02-02)
@@ -550,50 +550,53 @@
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Dom Koury</v>
       </c>
       <c r="E2">
         <v>-4</v>
       </c>
       <c r="F2">
         <v>51</v>
       </c>
+      <c r="G2">
+        <v>320198</v>
+      </c>
       <c r="H2" t="str">
         <v>frankybigfoot</v>
       </c>
       <c r="I2">
         <v>-4</v>
       </c>
       <c r="J2">
         <v>51</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">