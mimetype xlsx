--- v0 (2025-10-09)
+++ v1 (2026-01-12)
@@ -805,50 +805,53 @@
         <v>2</v>
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Pete Glocker</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
         <v>55</v>
       </c>
+      <c r="G5">
+        <v>320143</v>
+      </c>
       <c r="H5" t="str">
         <v>peteglocker</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>55</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>4</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">