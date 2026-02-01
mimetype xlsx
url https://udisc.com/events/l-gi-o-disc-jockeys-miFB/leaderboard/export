--- v1 (2026-01-12)
+++ v2 (2026-02-01)
@@ -722,50 +722,53 @@
         <v>2</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T1</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4" t="str">
         <v>Dom Koury</v>
       </c>
       <c r="E4">
         <v>-8</v>
       </c>
       <c r="F4">
         <v>47</v>
       </c>
+      <c r="G4">
+        <v>320198</v>
+      </c>
       <c r="H4" t="str">
         <v>frankybigfoot</v>
       </c>
       <c r="I4">
         <v>-8</v>
       </c>
       <c r="J4">
         <v>47</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">