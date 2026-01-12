--- v0 (2025-10-09)
+++ v1 (2026-01-12)
@@ -636,50 +636,53 @@
         <v>3</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Pete Glocker</v>
       </c>
       <c r="E3">
         <v>-1</v>
       </c>
       <c r="F3">
         <v>54</v>
       </c>
+      <c r="G3">
+        <v>320143</v>
+      </c>
       <c r="H3" t="str">
         <v>peteglocker</v>
       </c>
       <c r="I3">
         <v>-1</v>
       </c>
       <c r="J3">
         <v>54</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">