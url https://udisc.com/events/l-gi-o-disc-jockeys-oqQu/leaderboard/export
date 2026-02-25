--- v1 (2026-01-12)
+++ v2 (2026-02-25)
@@ -714,200 +714,203 @@
       </c>
       <c r="Y3">
         <v>4</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Alex victa</v>
+        <v>Dom Koury</v>
       </c>
       <c r="E4">
         <v>0</v>
       </c>
       <c r="F4">
         <v>55</v>
       </c>
+      <c r="G4">
+        <v>320198</v>
+      </c>
       <c r="H4" t="str">
-        <v>leafskates</v>
+        <v>frankybigfoot</v>
       </c>
       <c r="I4">
         <v>0</v>
       </c>
       <c r="J4">
         <v>55</v>
       </c>
       <c r="K4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
       <c r="M4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
-        <v>Dom Koury</v>
+        <v>Alex victa</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
         <v>55</v>
       </c>
       <c r="H5" t="str">
-        <v>frankybigfoot</v>
+        <v>leafskates</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>55</v>
       </c>
       <c r="K5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L5">
         <v>4</v>
       </c>
       <c r="M5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Matt Budjinski</v>
       </c>
       <c r="E6">
         <v>9</v>
       </c>
       <c r="F6">
         <v>64</v>
       </c>
       <c r="H6" t="str">