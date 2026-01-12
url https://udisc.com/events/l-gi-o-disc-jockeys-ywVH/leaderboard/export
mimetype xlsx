--- v0 (2025-10-09)
+++ v1 (2026-01-12)
@@ -802,50 +802,53 @@
         <v>3</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Pete Glocker</v>
       </c>
       <c r="E5">
         <v>5</v>
       </c>
       <c r="F5">
         <v>60</v>
       </c>
+      <c r="G5">
+        <v>320143</v>
+      </c>
       <c r="H5" t="str">
         <v>peteglocker</v>
       </c>
       <c r="I5">
         <v>5</v>
       </c>
       <c r="J5">
         <v>60</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>4</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>4</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">