--- v1 (2026-01-12)
+++ v2 (2026-02-25)
@@ -550,50 +550,53 @@
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Dom Koury</v>
       </c>
       <c r="E2">
         <v>-2</v>
       </c>
       <c r="F2">
         <v>53</v>
       </c>
+      <c r="G2">
+        <v>320198</v>
+      </c>
       <c r="H2" t="str">
         <v>frankybigfoot</v>
       </c>
       <c r="I2">
         <v>-2</v>
       </c>
       <c r="J2">
         <v>53</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">