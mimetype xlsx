--- v0 (2026-01-24)
+++ v1 (2026-02-23)
@@ -2185,60 +2185,60 @@
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>5</v>
       </c>
       <c r="N21">
         <v>4</v>
       </c>
       <c r="O21">
         <v>4</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>
       <c r="Q21">
         <v>3</v>
       </c>
       <c r="R21">
         <v>3</v>
       </c>
       <c r="S21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T21">
         <v>3</v>
       </c>
       <c r="U21">
         <v>3</v>
       </c>
       <c r="V21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W21">
         <v>3</v>
       </c>
       <c r="X21">
         <v>3</v>
       </c>
       <c r="Y21">
         <v>4</v>
       </c>
       <c r="Z21">
         <v>3</v>
       </c>
       <c r="AA21">
         <v>3</v>
       </c>
       <c r="AB21">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">