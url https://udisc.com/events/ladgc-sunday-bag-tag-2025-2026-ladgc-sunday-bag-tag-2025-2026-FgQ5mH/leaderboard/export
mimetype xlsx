--- v1 (2026-01-10)
+++ v2 (2026-02-01)
@@ -2086,50 +2086,53 @@
         <v>5</v>
       </c>
       <c r="AB19">
         <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
         <v>19</v>
       </c>
       <c r="C20">
         <v>19</v>
       </c>
       <c r="D20" t="str">
         <v>Alex Mitoska</v>
       </c>
       <c r="E20">
         <v>17</v>
       </c>
       <c r="F20">
         <v>72</v>
       </c>
+      <c r="G20">
+        <v>319755</v>
+      </c>
       <c r="H20" t="str">
         <v>mitoska97</v>
       </c>
       <c r="I20">
         <v>17</v>
       </c>
       <c r="J20">
         <v>72</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
         <v>5</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>5</v>
       </c>
       <c r="O20">
         <v>4</v>
       </c>
       <c r="P20">