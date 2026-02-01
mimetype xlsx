--- v0 (2026-01-10)
+++ v1 (2026-02-01)
@@ -1399,203 +1399,206 @@
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
         <v>2</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T10</v>
       </c>
       <c r="C12">
         <v>10</v>
       </c>
       <c r="D12" t="str">
-        <v>Anthony Mitoska</v>
+        <v>Alex Mitoska</v>
       </c>
       <c r="E12">
         <v>-2</v>
       </c>
       <c r="F12">
         <v>53</v>
       </c>
       <c r="G12">
-        <v>320137</v>
+        <v>319755</v>
       </c>
       <c r="H12" t="str">
-        <v>ajmitoska</v>
+        <v>mitoska97</v>
       </c>
       <c r="I12">
         <v>-2</v>
       </c>
       <c r="J12">
         <v>53</v>
       </c>
       <c r="K12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z12">
         <v>4</v>
       </c>
       <c r="AA12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T10</v>
       </c>
       <c r="C13">
         <v>10</v>
       </c>
       <c r="D13" t="str">
-        <v>Alex Mitoska</v>
+        <v>Anthony Mitoska</v>
       </c>
       <c r="E13">
         <v>-2</v>
       </c>
       <c r="F13">
         <v>53</v>
       </c>
+      <c r="G13">
+        <v>320137</v>
+      </c>
       <c r="H13" t="str">
-        <v>mitoska97</v>
+        <v>ajmitoska</v>
       </c>
       <c r="I13">
         <v>-2</v>
       </c>
       <c r="J13">
         <v>53</v>
       </c>
       <c r="K13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z13">
         <v>4</v>
       </c>
       <c r="AA13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>T10</v>
       </c>
       <c r="C14">
         <v>10</v>
       </c>
       <c r="D14" t="str">
         <v>Jared Ray</v>
       </c>
       <c r="E14">
         <v>-2</v>
       </c>
       <c r="F14">
         <v>53</v>
       </c>
       <c r="H14" t="str">