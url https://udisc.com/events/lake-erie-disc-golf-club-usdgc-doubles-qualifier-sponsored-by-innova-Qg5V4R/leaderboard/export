--- v0 (2025-10-27)
+++ v1 (2026-03-18)
@@ -491,121 +491,121 @@
       </c>
       <c r="L1" t="str">
         <v>round_2_total_score</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MA1</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Chain Bangers</v>
       </c>
       <c r="E2">
         <v>-22</v>
       </c>
       <c r="F2">
         <v>99</v>
       </c>
       <c r="H2" t="str">
-        <v>scotties11,jmap109</v>
+        <v>jmap109,scotties11</v>
       </c>
       <c r="I2">
         <v>-13</v>
       </c>
       <c r="J2">
         <v>-9</v>
       </c>
       <c r="K2">
         <v>46</v>
       </c>
       <c r="L2">
         <v>53</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MA1</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Cheating Lefty’s</v>
       </c>
       <c r="E3">
         <v>-21</v>
       </c>
       <c r="F3">
         <v>100</v>
       </c>
       <c r="H3" t="str">
-        <v>andrewmorse,mwooley75</v>
+        <v>mwooley75,andrewmorse</v>
       </c>
       <c r="I3">
         <v>-11</v>
       </c>
       <c r="J3">
         <v>-10</v>
       </c>
       <c r="K3">
         <v>48</v>
       </c>
       <c r="L3">
         <v>52</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MA1</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Oops - All Birdies</v>
       </c>
       <c r="E4">
         <v>-18</v>
       </c>
       <c r="F4">
         <v>103</v>
       </c>
       <c r="H4" t="str">
-        <v>sosaman141,aubinkotewicz</v>
+        <v>aubinkotewicz,sosaman141</v>
       </c>
       <c r="I4">
         <v>-11</v>
       </c>
       <c r="J4">
         <v>-7</v>
       </c>
       <c r="K4">
         <v>48</v>
       </c>
       <c r="L4">
         <v>55</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA1</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
@@ -701,86 +701,86 @@
       </c>
       <c r="L7">
         <v>58</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA1</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Woowhackers</v>
       </c>
       <c r="E8">
         <v>-13</v>
       </c>
       <c r="F8">
         <v>108</v>
       </c>
       <c r="H8" t="str">
-        <v>pi3cuch,gametime216</v>
+        <v>gametime216,pi3cuch</v>
       </c>
       <c r="I8">
         <v>-6</v>
       </c>
       <c r="J8">
         <v>-7</v>
       </c>
       <c r="K8">
         <v>53</v>
       </c>
       <c r="L8">
         <v>55</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA1</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Gyroscopic Inferno</v>
       </c>
       <c r="E9">
         <v>-8</v>
       </c>
       <c r="F9">
         <v>113</v>
       </c>
       <c r="H9" t="str">
-        <v>mccartney,aaronmafia</v>
+        <v>aaronmafia,mccartney</v>
       </c>
       <c r="I9">
         <v>-6</v>
       </c>
       <c r="J9">
         <v>-2</v>
       </c>
       <c r="K9">
         <v>53</v>
       </c>
       <c r="L9">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:L9"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:AB9"/>
   <sheetViews>
@@ -901,51 +901,51 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MA1</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Chain Bangers</v>
       </c>
       <c r="E2">
         <v>-13</v>
       </c>
       <c r="F2">
         <v>46</v>
       </c>
       <c r="H2" t="str">
-        <v>scotties11,jmap109</v>
+        <v>jmap109,scotties11</v>
       </c>
       <c r="I2">
         <v>-13</v>
       </c>
       <c r="J2">
         <v>46</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
@@ -1067,51 +1067,51 @@
       </c>
       <c r="AB3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MA1</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Cheating Lefty’s</v>
       </c>
       <c r="E4">
         <v>-11</v>
       </c>
       <c r="F4">
         <v>48</v>
       </c>
       <c r="H4" t="str">
-        <v>andrewmorse,mwooley75</v>
+        <v>mwooley75,andrewmorse</v>
       </c>
       <c r="I4">
         <v>-11</v>
       </c>
       <c r="J4">
         <v>48</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>
@@ -1150,51 +1150,51 @@
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA1</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>Oops - All Birdies</v>
       </c>
       <c r="E5">
         <v>-11</v>
       </c>
       <c r="F5">
         <v>48</v>
       </c>
       <c r="H5" t="str">
-        <v>sosaman141,aubinkotewicz</v>
+        <v>aubinkotewicz,sosaman141</v>
       </c>
       <c r="I5">
         <v>-11</v>
       </c>
       <c r="J5">
         <v>48</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>
@@ -1399,51 +1399,51 @@
       </c>
       <c r="AB7">
         <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA1</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Gyroscopic Inferno</v>
       </c>
       <c r="E8">
         <v>-6</v>
       </c>
       <c r="F8">
         <v>53</v>
       </c>
       <c r="H8" t="str">
-        <v>mccartney,aaronmafia</v>
+        <v>aaronmafia,mccartney</v>
       </c>
       <c r="I8">
         <v>-6</v>
       </c>
       <c r="J8">
         <v>53</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
@@ -1482,51 +1482,51 @@
       </c>
       <c r="AB8">
         <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA1</v>
       </c>
       <c r="B9" t="str">
         <v>T7</v>
       </c>
       <c r="C9">
         <v>7</v>
       </c>
       <c r="D9" t="str">
         <v>Woowhackers</v>
       </c>
       <c r="E9">
         <v>-6</v>
       </c>
       <c r="F9">
         <v>53</v>
       </c>
       <c r="H9" t="str">
-        <v>pi3cuch,gametime216</v>
+        <v>gametime216,pi3cuch</v>
       </c>
       <c r="I9">
         <v>-6</v>
       </c>
       <c r="J9">
         <v>53</v>
       </c>
       <c r="K9">
         <v>4</v>
       </c>
       <c r="L9">
         <v>2</v>
       </c>
       <c r="M9">
         <v>2</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>2</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
@@ -1695,51 +1695,51 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MA1</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Chain Bangers</v>
       </c>
       <c r="E2">
         <v>-22</v>
       </c>
       <c r="F2">
         <v>99</v>
       </c>
       <c r="H2" t="str">
-        <v>scotties11,jmap109</v>
+        <v>jmap109,scotties11</v>
       </c>
       <c r="I2">
         <v>-9</v>
       </c>
       <c r="J2">
         <v>53</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
@@ -1778,51 +1778,51 @@
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MA1</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Cheating Lefty’s</v>
       </c>
       <c r="E3">
         <v>-21</v>
       </c>
       <c r="F3">
         <v>100</v>
       </c>
       <c r="H3" t="str">
-        <v>andrewmorse,mwooley75</v>
+        <v>mwooley75,andrewmorse</v>
       </c>
       <c r="I3">
         <v>-10</v>
       </c>
       <c r="J3">
         <v>52</v>
       </c>
       <c r="K3">
         <v>4</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
@@ -1861,51 +1861,51 @@
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MA1</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Oops - All Birdies</v>
       </c>
       <c r="E4">
         <v>-18</v>
       </c>
       <c r="F4">
         <v>103</v>
       </c>
       <c r="H4" t="str">
-        <v>sosaman141,aubinkotewicz</v>
+        <v>aubinkotewicz,sosaman141</v>
       </c>
       <c r="I4">
         <v>-7</v>
       </c>
       <c r="J4">
         <v>55</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
@@ -2193,51 +2193,51 @@
       </c>
       <c r="AB7">
         <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA1</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Woowhackers</v>
       </c>
       <c r="E8">
         <v>-13</v>
       </c>
       <c r="F8">
         <v>108</v>
       </c>
       <c r="H8" t="str">
-        <v>pi3cuch,gametime216</v>
+        <v>gametime216,pi3cuch</v>
       </c>
       <c r="I8">
         <v>-7</v>
       </c>
       <c r="J8">
         <v>55</v>
       </c>
       <c r="K8">
         <v>4</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>2</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
@@ -2276,51 +2276,51 @@
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA1</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Gyroscopic Inferno</v>
       </c>
       <c r="E9">
         <v>-8</v>
       </c>
       <c r="F9">
         <v>113</v>
       </c>
       <c r="H9" t="str">
-        <v>mccartney,aaronmafia</v>
+        <v>aaronmafia,mccartney</v>
       </c>
       <c r="I9">
         <v>-2</v>
       </c>
       <c r="J9">
         <v>60</v>
       </c>
       <c r="K9">
         <v>4</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>