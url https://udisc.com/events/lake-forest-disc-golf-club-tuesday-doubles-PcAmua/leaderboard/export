--- v0 (2026-02-13)
+++ v1 (2026-03-29)
@@ -571,51 +571,51 @@
       </c>
       <c r="S2">
         <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>T2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Jonathan Thomas &amp; Brendan Crofts</v>
       </c>
       <c r="E3">
         <v>1</v>
       </c>
       <c r="F3">
         <v>30</v>
       </c>
       <c r="H3" t="str">
-        <v>jfthomas1976,bcrofts6</v>
+        <v>jestercopperpot,bcrofts6</v>
       </c>
       <c r="I3">
         <v>1</v>
       </c>
       <c r="J3">
         <v>30</v>
       </c>
       <c r="K3">
         <v>4</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>4</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>