--- v0 (2026-02-06)
+++ v1 (2026-03-29)
@@ -939,51 +939,51 @@
       </c>
       <c r="W7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Jonathan Thomas &amp; Neil Lefever</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
       <c r="F8">
         <v>39</v>
       </c>
       <c r="H8" t="str">
-        <v>jfthomas1976,neiloc</v>
+        <v>jestercopperpot,neiloc</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8">
         <v>39</v>
       </c>
       <c r="K8">
         <v>4</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>