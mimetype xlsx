--- v0 (2025-10-15)
+++ v1 (2026-03-10)
@@ -1464,197 +1464,200 @@
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
         <v>4</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
-        <v>Keegan Meyer</v>
+        <v xml:space="preserve">Kelby Kalbach </v>
       </c>
       <c r="E13">
         <v>17</v>
       </c>
       <c r="F13">
         <v>72</v>
       </c>
+      <c r="G13">
+        <v>321299</v>
+      </c>
       <c r="H13" t="str">
-        <v>keegnanistan</v>
+        <v>kkalbach</v>
       </c>
       <c r="I13">
         <v>17</v>
       </c>
       <c r="J13">
         <v>72</v>
       </c>
       <c r="K13">
         <v>4</v>
       </c>
       <c r="L13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M13">
         <v>4</v>
       </c>
       <c r="N13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q13">
+        <v>5</v>
+      </c>
+      <c r="R13">
+        <v>3</v>
+      </c>
+      <c r="S13">
         <v>6</v>
       </c>
-      <c r="R13">
+      <c r="T13">
+        <v>4</v>
+      </c>
+      <c r="U13">
+        <v>4</v>
+      </c>
+      <c r="V13">
         <v>5</v>
       </c>
-      <c r="S13">
-[...10 lines deleted...]
-      </c>
       <c r="W13">
         <v>4</v>
       </c>
       <c r="X13">
         <v>4</v>
       </c>
       <c r="Y13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA13">
         <v>4</v>
       </c>
       <c r="AB13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>T12</v>
       </c>
       <c r="C14">
         <v>12</v>
       </c>
       <c r="D14" t="str">
-        <v xml:space="preserve">Kelby Kalbach </v>
+        <v>Keegan Meyer</v>
       </c>
       <c r="E14">
         <v>17</v>
       </c>
       <c r="F14">
         <v>72</v>
       </c>
       <c r="H14" t="str">
-        <v>spuds0310</v>
+        <v>keegnanistan</v>
       </c>
       <c r="I14">
         <v>17</v>
       </c>
       <c r="J14">
         <v>72</v>
       </c>
       <c r="K14">
         <v>4</v>
       </c>
       <c r="L14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M14">
         <v>4</v>
       </c>
       <c r="N14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q14">
+        <v>6</v>
+      </c>
+      <c r="R14">
         <v>5</v>
       </c>
-      <c r="R14">
-[...1 lines deleted...]
-      </c>
       <c r="S14">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="T14">
         <v>4</v>
       </c>
       <c r="U14">
         <v>4</v>
       </c>
       <c r="V14">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W14">
         <v>4</v>
       </c>
       <c r="X14">
         <v>4</v>
       </c>
       <c r="Y14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA14">
         <v>4</v>
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB14"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>