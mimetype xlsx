--- v0 (2025-10-15)
+++ v1 (2026-03-10)
@@ -964,52 +964,55 @@
       </c>
       <c r="C6">
         <v>-2</v>
       </c>
       <c r="D6">
         <v>-12</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
         <v>T12</v>
       </c>
       <c r="G6">
         <v>12</v>
       </c>
       <c r="H6" t="str">
         <v xml:space="preserve">Kelby Kalbach </v>
       </c>
       <c r="I6">
         <v>10</v>
       </c>
       <c r="J6">
         <v>65</v>
       </c>
+      <c r="K6">
+        <v>321299</v>
+      </c>
       <c r="L6" t="str">
-        <v>spuds0310</v>
+        <v>kkalbach</v>
       </c>
       <c r="M6">
         <v>10</v>
       </c>
       <c r="N6">
         <v>65</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>2</v>
       </c>
       <c r="S6">
         <v>4</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>