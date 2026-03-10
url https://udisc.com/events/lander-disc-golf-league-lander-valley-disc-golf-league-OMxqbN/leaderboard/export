--- v0 (2025-10-15)
+++ v1 (2026-03-10)
@@ -1445,52 +1445,55 @@
       </c>
       <c r="C11">
         <v>1</v>
       </c>
       <c r="D11">
         <v>-6</v>
       </c>
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
         <v>11</v>
       </c>
       <c r="G11">
         <v>11</v>
       </c>
       <c r="H11" t="str">
         <v xml:space="preserve">Kelby Kalbach </v>
       </c>
       <c r="I11">
         <v>7</v>
       </c>
       <c r="J11">
         <v>65</v>
       </c>
+      <c r="K11">
+        <v>321299</v>
+      </c>
       <c r="L11" t="str">
-        <v>spuds0310</v>
+        <v>kkalbach</v>
       </c>
       <c r="M11">
         <v>7</v>
       </c>
       <c r="N11">
         <v>65</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>4</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
         <v>3</v>
       </c>
       <c r="S11">
         <v>4</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>