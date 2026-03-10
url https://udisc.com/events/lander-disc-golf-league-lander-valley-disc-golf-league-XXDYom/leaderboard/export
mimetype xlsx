--- v0 (2025-10-15)
+++ v1 (2026-03-10)
@@ -1056,52 +1056,55 @@
       </c>
       <c r="C7">
         <v>-2</v>
       </c>
       <c r="D7">
         <v>-7</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
         <v>T19</v>
       </c>
       <c r="G7">
         <v>19</v>
       </c>
       <c r="H7" t="str">
         <v xml:space="preserve">Kelby Kalbach </v>
       </c>
       <c r="I7">
         <v>5</v>
       </c>
       <c r="J7">
         <v>59</v>
       </c>
+      <c r="K7">
+        <v>321299</v>
+      </c>
       <c r="L7" t="str">
-        <v>spuds0310</v>
+        <v>kkalbach</v>
       </c>
       <c r="M7">
         <v>5</v>
       </c>
       <c r="N7">
         <v>59</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>4</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>