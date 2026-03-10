--- v0 (2025-10-16)
+++ v1 (2026-03-10)
@@ -680,52 +680,55 @@
       </c>
       <c r="C3">
         <v>-5</v>
       </c>
       <c r="D3">
         <v>-10</v>
       </c>
       <c r="E3" t="str">
         <v>GEN</v>
       </c>
       <c r="F3" t="str">
         <v>9</v>
       </c>
       <c r="G3">
         <v>9</v>
       </c>
       <c r="H3" t="str">
         <v xml:space="preserve">Kelby Kalbach </v>
       </c>
       <c r="I3">
         <v>5</v>
       </c>
       <c r="J3">
         <v>64</v>
       </c>
+      <c r="K3">
+        <v>321299</v>
+      </c>
       <c r="L3" t="str">
-        <v>spuds0310</v>
+        <v>kkalbach</v>
       </c>
       <c r="M3">
         <v>5</v>
       </c>
       <c r="N3">
         <v>64</v>
       </c>
       <c r="O3">
         <v>5</v>
       </c>
       <c r="P3">
         <v>4</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">
         <v>4</v>
       </c>