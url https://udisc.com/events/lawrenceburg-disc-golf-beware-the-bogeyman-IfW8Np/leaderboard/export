--- v0 (2025-10-21)
+++ v1 (2026-03-12)
@@ -1236,51 +1236,51 @@
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>ZOMBEE</v>
       </c>
       <c r="B10" t="str">
         <v>T7</v>
       </c>
       <c r="C10">
         <v>7</v>
       </c>
       <c r="D10" t="str">
         <v>Darell Motley</v>
       </c>
       <c r="E10">
         <v>-6</v>
       </c>
       <c r="F10">
         <v>48</v>
       </c>
       <c r="H10" t="str">
-        <v>dmotdiscdog</v>
+        <v/>
       </c>
       <c r="I10">
         <v>-6</v>
       </c>
       <c r="J10">
         <v>48</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>