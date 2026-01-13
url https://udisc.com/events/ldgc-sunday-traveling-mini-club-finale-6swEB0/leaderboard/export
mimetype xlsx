--- v0 (2025-12-21)
+++ v1 (2026-01-13)
@@ -1694,316 +1694,319 @@
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
       <c r="AC13">
         <v>4</v>
       </c>
       <c r="AD13">
         <v>3</v>
       </c>
       <c r="AE13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>T13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v xml:space="preserve">Scott Rabroker </v>
+        <v>David Rutherford</v>
       </c>
       <c r="E14">
         <v>3</v>
       </c>
       <c r="F14">
-        <v>65</v>
+        <v>68</v>
+      </c>
+      <c r="G14">
+        <v>41106</v>
       </c>
       <c r="H14" t="str">
-        <v>srabroker</v>
+        <v>lazerflicks</v>
       </c>
       <c r="I14">
         <v>3</v>
       </c>
       <c r="J14">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="K14">
         <v>2</v>
       </c>
       <c r="L14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q14">
         <v>4</v>
       </c>
       <c r="R14">
         <v>2</v>
       </c>
       <c r="S14">
         <v>4</v>
       </c>
       <c r="T14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U14">
         <v>3</v>
       </c>
       <c r="V14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X14">
         <v>3</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
         <v>2</v>
       </c>
       <c r="AA14">
         <v>4</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
       <c r="AC14">
+        <v>6</v>
+      </c>
+      <c r="AD14">
         <v>4</v>
       </c>
       <c r="AE14">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T13</v>
       </c>
       <c r="C15">
         <v>13</v>
       </c>
       <c r="D15" t="str">
-        <v>David Rutherford</v>
+        <v>Clayton Hurlbut</v>
       </c>
       <c r="E15">
         <v>3</v>
       </c>
       <c r="F15">
         <v>68</v>
       </c>
       <c r="G15">
-        <v>41106</v>
+        <v>200080</v>
       </c>
       <c r="H15" t="str">
-        <v>lazerflicks</v>
+        <v>claytonhurlbut</v>
       </c>
       <c r="I15">
         <v>3</v>
       </c>
       <c r="J15">
         <v>68</v>
       </c>
       <c r="K15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
         <v>4</v>
       </c>
       <c r="R15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U15">
         <v>3</v>
       </c>
       <c r="V15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W15">
         <v>3</v>
       </c>
       <c r="X15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
         <v>2</v>
       </c>
       <c r="AA15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
       <c r="AC15">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AD15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T13</v>
       </c>
       <c r="C16">
         <v>13</v>
       </c>
       <c r="D16" t="str">
-        <v>Clayton Hurlbut</v>
+        <v xml:space="preserve">Scott Rabroker </v>
       </c>
       <c r="E16">
         <v>3</v>
       </c>
       <c r="F16">
         <v>68</v>
       </c>
-      <c r="G16">
-[...1 lines deleted...]
-      </c>
       <c r="H16" t="str">
-        <v>claytonhurlbut</v>
+        <v>srabroker</v>
       </c>
       <c r="I16">
         <v>3</v>
       </c>
       <c r="J16">
         <v>68</v>
       </c>
       <c r="K16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L16">
         <v>4</v>
       </c>
       <c r="M16">
         <v>4</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q16">
         <v>4</v>
       </c>
       <c r="R16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T16">
         <v>3</v>
       </c>
       <c r="U16">
         <v>3</v>
       </c>
       <c r="V16">
         <v>4</v>
       </c>
       <c r="W16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
         <v>2</v>
       </c>
       <c r="AA16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
       <c r="AC16">
         <v>4</v>
       </c>
       <c r="AD16">
         <v>3</v>
       </c>
       <c r="AE16">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
         <v>Ty Robinson</v>
       </c>
       <c r="E17">
         <v>4</v>
       </c>
       <c r="F17">
         <v>69</v>
       </c>
       <c r="G17">
         <v>189829</v>
       </c>
       <c r="H17" t="str">
@@ -2074,63 +2077,63 @@
       </c>
       <c r="AD17">
         <v>4</v>
       </c>
       <c r="AE17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>17</v>
       </c>
       <c r="C18">
         <v>17</v>
       </c>
       <c r="D18" t="str">
         <v>Brian Potts</v>
       </c>
       <c r="E18">
         <v>5</v>
       </c>
       <c r="F18">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="G18">
         <v>59368</v>
       </c>
       <c r="H18" t="str">
         <v>futureman43</v>
       </c>
       <c r="I18">
         <v>5</v>
       </c>
       <c r="J18">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="K18">
         <v>2</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>4</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>4</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>4</v>
       </c>
       <c r="R18">
         <v>2</v>
       </c>
@@ -2144,50 +2147,53 @@
         <v>4</v>
       </c>
       <c r="V18">
         <v>5</v>
       </c>
       <c r="W18">
         <v>3</v>
       </c>
       <c r="X18">
         <v>3</v>
       </c>
       <c r="Y18">
         <v>4</v>
       </c>
       <c r="Z18">
         <v>2</v>
       </c>
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
       <c r="AC18">
         <v>5</v>
+      </c>
+      <c r="AD18">
+        <v>3</v>
       </c>
       <c r="AE18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
         <v>Justin Stanhope</v>
       </c>
       <c r="E19">
         <v>6</v>
       </c>
       <c r="F19">
         <v>71</v>
       </c>
       <c r="G19">
@@ -2261,60 +2267,60 @@
       </c>
       <c r="AD19">
         <v>4</v>
       </c>
       <c r="AE19">
         <v>2</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
         <v>19</v>
       </c>
       <c r="C20">
         <v>19</v>
       </c>
       <c r="D20" t="str">
         <v>David Perez</v>
       </c>
       <c r="E20">
         <v>7</v>
       </c>
       <c r="F20">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="H20" t="str">
         <v>aarpdnp</v>
       </c>
       <c r="I20">
         <v>7</v>
       </c>
       <c r="J20">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
         <v>3</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
         <v>5</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">
         <v>3</v>
       </c>
       <c r="R20">
         <v>3</v>
       </c>
@@ -2328,611 +2334,626 @@
         <v>3</v>
       </c>
       <c r="V20">
         <v>5</v>
       </c>
       <c r="W20">
         <v>4</v>
       </c>
       <c r="X20">
         <v>4</v>
       </c>
       <c r="Y20">
         <v>3</v>
       </c>
       <c r="Z20">
         <v>2</v>
       </c>
       <c r="AA20">
         <v>4</v>
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
       <c r="AC20">
         <v>4</v>
+      </c>
+      <c r="AD20">
+        <v>3</v>
       </c>
       <c r="AE20">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
         <v>T20</v>
       </c>
       <c r="C21">
         <v>20</v>
       </c>
       <c r="D21" t="str">
-        <v>Bobby Siritanapivat</v>
+        <v>Wesley Golden</v>
       </c>
       <c r="E21">
         <v>8</v>
       </c>
       <c r="F21">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="G21">
-        <v>56798</v>
+        <v>119437</v>
       </c>
       <c r="H21" t="str">
-        <v>bsiritanapivat</v>
+        <v>rpgolden</v>
       </c>
       <c r="I21">
         <v>8</v>
       </c>
       <c r="J21">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P21">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R21">
         <v>3</v>
       </c>
       <c r="S21">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T21">
         <v>3</v>
       </c>
       <c r="U21">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V21">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W21">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X21">
         <v>3</v>
       </c>
       <c r="Y21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z21">
         <v>2</v>
       </c>
       <c r="AA21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
       <c r="AC21">
-        <v>5</v>
+        <v>6</v>
+      </c>
+      <c r="AD21">
+        <v>4</v>
       </c>
       <c r="AE21">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>T20</v>
       </c>
       <c r="C22">
         <v>20</v>
       </c>
       <c r="D22" t="str">
-        <v>Wesley Golden</v>
+        <v xml:space="preserve">Nic Galvan </v>
       </c>
       <c r="E22">
         <v>8</v>
       </c>
       <c r="F22">
         <v>73</v>
       </c>
       <c r="G22">
-        <v>119437</v>
+        <v>200991</v>
       </c>
       <c r="H22" t="str">
-        <v>rpgolden</v>
+        <v>peenberry</v>
       </c>
       <c r="I22">
         <v>8</v>
       </c>
       <c r="J22">
         <v>73</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
         <v>2</v>
       </c>
       <c r="M22">
         <v>4</v>
       </c>
       <c r="N22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q22">
         <v>3</v>
       </c>
       <c r="R22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S22">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T22">
         <v>3</v>
       </c>
       <c r="U22">
         <v>4</v>
       </c>
       <c r="V22">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="W22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X22">
         <v>3</v>
       </c>
       <c r="Y22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z22">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA22">
         <v>3</v>
       </c>
       <c r="AB22">
         <v>3</v>
       </c>
       <c r="AC22">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AD22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE22">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
-        <v>T20</v>
+        <v>T22</v>
       </c>
       <c r="C23">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D23" t="str">
-        <v xml:space="preserve">Nic Galvan </v>
+        <v>Bobby Siritanapivat</v>
       </c>
       <c r="E23">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F23">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G23">
-        <v>200991</v>
+        <v>56798</v>
       </c>
       <c r="H23" t="str">
-        <v>peenberry</v>
+        <v>bsiritanapivat</v>
       </c>
       <c r="I23">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="J23">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S23">
         <v>3</v>
       </c>
       <c r="T23">
         <v>3</v>
       </c>
       <c r="U23">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V23">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="W23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X23">
         <v>3</v>
       </c>
       <c r="Y23">
         <v>4</v>
       </c>
       <c r="Z23">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
       <c r="AC23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AD23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE23">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
-        <v>T23</v>
+        <v>T22</v>
       </c>
       <c r="C24">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D24" t="str">
         <v>Grant Davis</v>
       </c>
       <c r="E24">
         <v>9</v>
       </c>
       <c r="F24">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="G24">
         <v>127514</v>
       </c>
       <c r="H24" t="str">
         <v>papag69</v>
       </c>
       <c r="I24">
         <v>9</v>
       </c>
       <c r="J24">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="K24">
         <v>4</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
         <v>4</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
         <v>4</v>
+      </c>
+      <c r="Q24">
+        <v>3</v>
       </c>
       <c r="R24">
         <v>4</v>
       </c>
       <c r="S24">
         <v>3</v>
       </c>
       <c r="T24">
         <v>4</v>
       </c>
       <c r="U24">
         <v>3</v>
       </c>
       <c r="V24">
         <v>3</v>
       </c>
       <c r="W24">
         <v>4</v>
       </c>
       <c r="X24">
         <v>4</v>
       </c>
       <c r="Y24">
         <v>3</v>
       </c>
       <c r="Z24">
         <v>2</v>
       </c>
       <c r="AA24">
         <v>4</v>
       </c>
       <c r="AB24">
         <v>4</v>
       </c>
       <c r="AC24">
         <v>3</v>
       </c>
       <c r="AD24">
         <v>4</v>
       </c>
       <c r="AE24">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
-        <v>T23</v>
+        <v>T24</v>
       </c>
       <c r="C25">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D25" t="str">
-        <v>Adam Hart</v>
+        <v>Mark Tuttle</v>
       </c>
       <c r="E25">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F25">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="G25">
-        <v>275552</v>
+        <v>165052</v>
       </c>
       <c r="H25" t="str">
-        <v>adamhart</v>
+        <v>markwaynetuttle</v>
       </c>
       <c r="I25">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="J25">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="K25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M25">
         <v>4</v>
       </c>
       <c r="N25">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O25">
         <v>4</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>
+      <c r="Q25">
+        <v>3</v>
+      </c>
       <c r="R25">
         <v>3</v>
       </c>
       <c r="S25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T25">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="U25">
         <v>3</v>
       </c>
       <c r="V25">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W25">
         <v>4</v>
       </c>
       <c r="X25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA25">
         <v>3</v>
       </c>
       <c r="AB25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC25">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AD25">
         <v>3</v>
       </c>
       <c r="AE25">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
-        <v>25</v>
+        <v>T24</v>
       </c>
       <c r="C26">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D26" t="str">
-        <v>Mark Tuttle</v>
+        <v>Adam Hart</v>
       </c>
       <c r="E26">
         <v>10</v>
       </c>
       <c r="F26">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G26">
-        <v>165052</v>
+        <v>275552</v>
       </c>
       <c r="H26" t="str">
-        <v>markwaynetuttle</v>
+        <v>adamhart</v>
       </c>
       <c r="I26">
         <v>10</v>
       </c>
       <c r="J26">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="K26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M26">
         <v>4</v>
       </c>
       <c r="N26">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="O26">
         <v>4</v>
       </c>
       <c r="P26">
         <v>3</v>
       </c>
       <c r="Q26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R26">
         <v>3</v>
       </c>
       <c r="S26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T26">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="U26">
         <v>3</v>
       </c>
       <c r="V26">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W26">
         <v>4</v>
       </c>
       <c r="X26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA26">
         <v>3</v>
       </c>
       <c r="AB26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC26">
-        <v>4</v>
+        <v>6</v>
+      </c>
+      <c r="AD26">
+        <v>3</v>
       </c>
       <c r="AE26">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
         <v>26</v>
       </c>
       <c r="C27">
         <v>26</v>
       </c>
       <c r="D27" t="str">
         <v xml:space="preserve">Jessica </v>
       </c>
       <c r="E27">
         <v>15</v>
       </c>
       <c r="F27">
         <v>80</v>
       </c>
       <c r="G27">
         <v>169474</v>
       </c>
       <c r="H27" t="str">