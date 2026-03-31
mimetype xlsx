--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1096,433 +1096,430 @@
       </c>
       <c r="I15">
         <v>1</v>
       </c>
       <c r="J15">
         <v>0</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
         <v>19</v>
       </c>
       <c r="M15">
         <v>18</v>
       </c>
       <c r="N15">
         <v>21</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
-        <v>15</v>
+        <v>T15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
-        <v>Yves chiasson</v>
+        <v>Daniel Arseneault</v>
       </c>
       <c r="E16">
+        <v>7</v>
+      </c>
+      <c r="F16">
+        <v>61</v>
+      </c>
+      <c r="G16">
+        <v>258800</v>
+      </c>
+      <c r="H16" t="str">
+        <v>fanoaky</v>
+      </c>
+      <c r="I16">
         <v>5</v>
       </c>
-      <c r="F16">
-[...10 lines deleted...]
-      </c>
       <c r="J16">
+        <v>2</v>
+      </c>
+      <c r="K16">
         <v>0</v>
       </c>
-      <c r="K16">
-[...1 lines deleted...]
-      </c>
       <c r="L16">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M16">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="N16">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
-        <v>T16</v>
+        <v>T15</v>
       </c>
       <c r="C17">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D17" t="str">
-        <v>Daniel Arseneault</v>
+        <v>Pierre Landry</v>
       </c>
       <c r="E17">
         <v>7</v>
       </c>
       <c r="F17">
         <v>61</v>
       </c>
       <c r="G17">
-        <v>258800</v>
+        <v>120350</v>
       </c>
       <c r="H17" t="str">
-        <v>fanoaky</v>
+        <v>fastrunner88</v>
       </c>
       <c r="I17">
-        <v>5</v>
+        <v>-1</v>
       </c>
       <c r="J17">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K17">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="L17">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="M17">
+        <v>24</v>
+      </c>
+      <c r="N17">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
-        <v>T16</v>
+        <v>17</v>
       </c>
       <c r="C18">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D18" t="str">
-        <v>Pierre Landry</v>
+        <v>Dylan wood</v>
       </c>
       <c r="E18">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F18">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G18">
-        <v>120350</v>
+        <v>214023</v>
       </c>
       <c r="H18" t="str">
-        <v>fastrunner88</v>
+        <v>ddw2009</v>
       </c>
       <c r="I18">
-        <v>-1</v>
+        <v>3</v>
       </c>
       <c r="J18">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="K18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L18">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="M18">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="N18">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
-        <v>18</v>
+        <v>T18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
-        <v>Dylan wood</v>
+        <v>Cindy LeBlanc</v>
       </c>
       <c r="E19">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="F19">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>214023</v>
+        <v>64</v>
       </c>
       <c r="H19" t="str">
-        <v>ddw2009</v>
+        <v>cindy55</v>
       </c>
       <c r="I19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J19">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L19">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M19">
+        <v>24</v>
+      </c>
+      <c r="N19">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
-        <v>T19</v>
+        <v>T18</v>
       </c>
       <c r="C20">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D20" t="str">
-        <v>Cindy LeBlanc</v>
+        <v>Ashley Flowers</v>
       </c>
       <c r="E20">
         <v>10</v>
       </c>
       <c r="F20">
         <v>64</v>
       </c>
       <c r="H20" t="str">
-        <v>cindy55</v>
+        <v>ashflow</v>
       </c>
       <c r="I20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J20">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="K20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L20">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M20">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="N20">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
-        <v>T19</v>
+        <v>20</v>
       </c>
       <c r="C21">
+        <v>20</v>
+      </c>
+      <c r="D21" t="str">
+        <v>Jolene Gouchie</v>
+      </c>
+      <c r="E21">
+        <v>11</v>
+      </c>
+      <c r="F21">
+        <v>65</v>
+      </c>
+      <c r="G21">
+        <v>228120</v>
+      </c>
+      <c r="H21" t="str">
+        <v>nsdiscychick</v>
+      </c>
+      <c r="I21">
+        <v>5</v>
+      </c>
+      <c r="J21">
+        <v>5</v>
+      </c>
+      <c r="K21">
+        <v>1</v>
+      </c>
+      <c r="L21">
+        <v>23</v>
+      </c>
+      <c r="M21">
+        <v>23</v>
+      </c>
+      <c r="N21">
         <v>19</v>
-      </c>
-[...28 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>21</v>
       </c>
       <c r="C22">
         <v>21</v>
       </c>
       <c r="D22" t="str">
-        <v>Jolene Gouchie</v>
+        <v>Eavan O'Brien</v>
       </c>
       <c r="E22">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F22">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G22">
-        <v>228120</v>
+        <v>89024</v>
       </c>
       <c r="H22" t="str">
-        <v>nsdiscychick</v>
+        <v>diamondroad</v>
       </c>
       <c r="I22">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J22">
         <v>5</v>
       </c>
       <c r="K22">
         <v>1</v>
       </c>
       <c r="L22">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M22">
         <v>23</v>
       </c>
       <c r="N22">
         <v>19</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>22</v>
       </c>
       <c r="C23">
         <v>22</v>
       </c>
       <c r="D23" t="str">
-        <v>Eavan O'Brien</v>
+        <v>David Wood</v>
       </c>
       <c r="E23">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F23">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G23">
-        <v>89024</v>
+        <v>167958</v>
       </c>
       <c r="H23" t="str">
-        <v>diamondroad</v>
+        <v>dlwood71</v>
       </c>
       <c r="I23">
         <v>6</v>
       </c>
       <c r="J23">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K23">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="L23">
         <v>24</v>
       </c>
       <c r="M23">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="N23">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>DNF</v>
       </c>
       <c r="D24" t="str">
-        <v>David Wood</v>
+        <v>Yves chiasson</v>
       </c>
       <c r="E24">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="F24">
-        <v>67</v>
+        <v>41</v>
       </c>
       <c r="G24">
-        <v>167958</v>
+        <v>258801</v>
       </c>
       <c r="H24" t="str">
-        <v>dlwood71</v>
+        <v>yvdubber</v>
       </c>
       <c r="I24">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="J24">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K24">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="L24">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M24">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="N24">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:N24"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:S24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
@@ -3553,827 +3550,824 @@
       </c>
       <c r="P10">
         <v>2</v>
       </c>
       <c r="Q10">
         <v>2</v>
       </c>
       <c r="R10">
         <v>4</v>
       </c>
       <c r="S10">
         <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
-        <v>Yves chiasson</v>
+        <v>Mat LeBlanc</v>
       </c>
       <c r="E11">
         <v>1</v>
       </c>
       <c r="F11">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="G11">
-        <v>258801</v>
+        <v>295906</v>
       </c>
       <c r="H11" t="str">
-        <v>yvdubber</v>
+        <v>mat5976</v>
       </c>
       <c r="I11">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J11">
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="K11">
+        <v>1</v>
+      </c>
+      <c r="L11">
+        <v>2</v>
+      </c>
+      <c r="M11">
+        <v>3</v>
+      </c>
+      <c r="N11">
+        <v>1</v>
+      </c>
+      <c r="O11">
+        <v>2</v>
+      </c>
+      <c r="P11">
+        <v>2</v>
+      </c>
+      <c r="Q11">
+        <v>2</v>
+      </c>
+      <c r="R11">
+        <v>2</v>
+      </c>
+      <c r="S11">
+        <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T10</v>
       </c>
       <c r="C12">
         <v>10</v>
       </c>
       <c r="D12" t="str">
-        <v>Mat LeBlanc</v>
+        <v>Jaden LeBlanc</v>
       </c>
       <c r="E12">
         <v>1</v>
       </c>
       <c r="F12">
         <v>37</v>
       </c>
       <c r="G12">
-        <v>295906</v>
+        <v>295907</v>
       </c>
       <c r="H12" t="str">
-        <v>mat5976</v>
+        <v>jadenleb</v>
       </c>
       <c r="I12">
         <v>-1</v>
       </c>
       <c r="J12">
         <v>17</v>
       </c>
       <c r="K12">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L12">
         <v>2</v>
       </c>
       <c r="M12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N12">
         <v>1</v>
       </c>
       <c r="O12">
         <v>2</v>
       </c>
       <c r="P12">
         <v>2</v>
       </c>
       <c r="Q12">
         <v>2</v>
       </c>
       <c r="R12">
         <v>2</v>
       </c>
       <c r="S12">
         <v>2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T10</v>
       </c>
       <c r="C13">
         <v>10</v>
       </c>
       <c r="D13" t="str">
-        <v>Jaden LeBlanc</v>
+        <v>Paul Flowers</v>
       </c>
       <c r="E13">
         <v>1</v>
       </c>
       <c r="F13">
         <v>37</v>
       </c>
       <c r="G13">
-        <v>295907</v>
+        <v>295870</v>
       </c>
       <c r="H13" t="str">
-        <v>jadenleb</v>
+        <v>pflow1</v>
       </c>
       <c r="I13">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="J13">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K13">
         <v>2</v>
       </c>
       <c r="L13">
         <v>2</v>
       </c>
       <c r="M13">
         <v>2</v>
       </c>
       <c r="N13">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O13">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P13">
         <v>2</v>
       </c>
       <c r="Q13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R13">
         <v>2</v>
       </c>
       <c r="S13">
         <v>2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
-        <v>T10</v>
+        <v>13</v>
       </c>
       <c r="C14">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v>Paul Flowers</v>
+        <v>Jeremy hatheway</v>
       </c>
       <c r="E14">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F14">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G14">
-        <v>295870</v>
+        <v>136064</v>
       </c>
       <c r="H14" t="str">
-        <v>pflow1</v>
+        <v>jeremyhatheway</v>
       </c>
       <c r="I14">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J14">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K14">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L14">
         <v>2</v>
       </c>
       <c r="M14">
         <v>2</v>
       </c>
       <c r="N14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O14">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P14">
         <v>2</v>
       </c>
       <c r="Q14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R14">
         <v>2</v>
       </c>
       <c r="S14">
         <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
-        <v>Jeremy hatheway</v>
+        <v>Jacob martin</v>
       </c>
       <c r="E15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F15">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>136064</v>
+        <v>39</v>
       </c>
       <c r="H15" t="str">
-        <v>jeremyhatheway</v>
+        <v>gamerjack</v>
       </c>
       <c r="I15">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J15">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K15">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M15">
         <v>2</v>
       </c>
       <c r="N15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O15">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="P15">
         <v>2</v>
       </c>
       <c r="Q15">
         <v>2</v>
       </c>
       <c r="R15">
         <v>2</v>
       </c>
       <c r="S15">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
-        <v>15</v>
+        <v>T15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
-        <v>Jacob martin</v>
+        <v>Dylan wood</v>
       </c>
       <c r="E16">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F16">
-        <v>39</v>
+        <v>41</v>
+      </c>
+      <c r="G16">
+        <v>214023</v>
       </c>
       <c r="H16" t="str">
-        <v>gamerjack</v>
+        <v>ddw2009</v>
       </c>
       <c r="I16">
         <v>2</v>
       </c>
       <c r="J16">
         <v>20</v>
       </c>
       <c r="K16">
         <v>2</v>
       </c>
       <c r="L16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M16">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="N16">
         <v>2</v>
       </c>
       <c r="O16">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P16">
         <v>2</v>
       </c>
       <c r="Q16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S16">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
-        <v>T16</v>
+        <v>T15</v>
       </c>
       <c r="C17">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D17" t="str">
-        <v>Dylan wood</v>
+        <v>Pierre Landry</v>
       </c>
       <c r="E17">
         <v>5</v>
       </c>
       <c r="F17">
         <v>41</v>
       </c>
       <c r="G17">
-        <v>214023</v>
+        <v>120350</v>
       </c>
       <c r="H17" t="str">
-        <v>ddw2009</v>
+        <v>fastrunner88</v>
       </c>
       <c r="I17">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="J17">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M17">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N17">
         <v>2</v>
       </c>
       <c r="O17">
         <v>2</v>
       </c>
       <c r="P17">
         <v>2</v>
       </c>
       <c r="Q17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R17">
         <v>3</v>
       </c>
       <c r="S17">
         <v>2</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
-        <v>T16</v>
+        <v>T17</v>
       </c>
       <c r="C18">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D18" t="str">
-        <v>Pierre Landry</v>
+        <v>David Wood</v>
       </c>
       <c r="E18">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F18">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G18">
-        <v>120350</v>
+        <v>167958</v>
       </c>
       <c r="H18" t="str">
-        <v>fastrunner88</v>
+        <v>dlwood71</v>
       </c>
       <c r="I18">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="J18">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M18">
         <v>2</v>
       </c>
       <c r="N18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O18">
         <v>2</v>
       </c>
       <c r="P18">
         <v>2</v>
       </c>
       <c r="Q18">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="R18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S18">
         <v>2</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
-        <v>T18</v>
+        <v>T17</v>
       </c>
       <c r="C19">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D19" t="str">
-        <v>David Wood</v>
+        <v>Daniel Arseneault</v>
       </c>
       <c r="E19">
         <v>7</v>
       </c>
       <c r="F19">
         <v>43</v>
       </c>
       <c r="G19">
-        <v>167958</v>
+        <v>258800</v>
       </c>
       <c r="H19" t="str">
-        <v>dlwood71</v>
+        <v>fanoaky</v>
       </c>
       <c r="I19">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J19">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K19">
         <v>2</v>
       </c>
       <c r="L19">
         <v>2</v>
       </c>
       <c r="M19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P19">
         <v>2</v>
       </c>
       <c r="Q19">
         <v>2</v>
       </c>
       <c r="R19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S19">
         <v>2</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
-        <v>T18</v>
+        <v>T17</v>
       </c>
       <c r="C20">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D20" t="str">
-        <v>Daniel Arseneault</v>
+        <v>Ashley Flowers</v>
       </c>
       <c r="E20">
         <v>7</v>
       </c>
       <c r="F20">
         <v>43</v>
       </c>
-      <c r="G20">
-[...1 lines deleted...]
-      </c>
       <c r="H20" t="str">
-        <v>fanoaky</v>
+        <v>ashflow</v>
       </c>
       <c r="I20">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J20">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L20">
         <v>2</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O20">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P20">
         <v>2</v>
       </c>
       <c r="Q20">
         <v>2</v>
       </c>
       <c r="R20">
         <v>3</v>
       </c>
       <c r="S20">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
-        <v>T18</v>
+        <v>20</v>
       </c>
       <c r="C21">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D21" t="str">
-        <v>Ashley Flowers</v>
+        <v>Cindy LeBlanc</v>
       </c>
       <c r="E21">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F21">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H21" t="str">
-        <v>ashflow</v>
+        <v>cindy55</v>
       </c>
       <c r="I21">
+        <v>6</v>
+      </c>
+      <c r="J21">
+        <v>24</v>
+      </c>
+      <c r="K21">
         <v>4</v>
       </c>
-      <c r="J21">
-[...4 lines deleted...]
-      </c>
       <c r="L21">
         <v>2</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O21">
         <v>2</v>
       </c>
       <c r="P21">
         <v>2</v>
       </c>
       <c r="Q21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>21</v>
       </c>
       <c r="C22">
         <v>21</v>
       </c>
       <c r="D22" t="str">
-        <v>Cindy LeBlanc</v>
+        <v>Jolene Gouchie</v>
       </c>
       <c r="E22">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="F22">
-        <v>44</v>
+        <v>46</v>
+      </c>
+      <c r="G22">
+        <v>228120</v>
       </c>
       <c r="H22" t="str">
-        <v>cindy55</v>
+        <v>nsdiscychick</v>
       </c>
       <c r="I22">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="J22">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K22">
         <v>4</v>
       </c>
       <c r="L22">
         <v>2</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
         <v>2</v>
       </c>
       <c r="P22">
         <v>2</v>
       </c>
       <c r="Q22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S22">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>22</v>
       </c>
       <c r="C23">
         <v>22</v>
       </c>
       <c r="D23" t="str">
-        <v>Jolene Gouchie</v>
+        <v>Eavan O'Brien</v>
       </c>
       <c r="E23">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F23">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G23">
-        <v>228120</v>
+        <v>89024</v>
       </c>
       <c r="H23" t="str">
-        <v>nsdiscychick</v>
+        <v>diamondroad</v>
       </c>
       <c r="I23">
         <v>5</v>
       </c>
       <c r="J23">
         <v>23</v>
       </c>
       <c r="K23">
+        <v>2</v>
+      </c>
+      <c r="L23">
+        <v>2</v>
+      </c>
+      <c r="M23">
         <v>4</v>
       </c>
-      <c r="L23">
-[...4 lines deleted...]
-      </c>
       <c r="N23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O23">
         <v>2</v>
       </c>
       <c r="P23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q23">
         <v>2</v>
       </c>
       <c r="R23">
         <v>3</v>
       </c>
       <c r="S23">
         <v>2</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>DNF</v>
       </c>
       <c r="D24" t="str">
-        <v>Eavan O'Brien</v>
+        <v>Yves chiasson</v>
       </c>
       <c r="E24">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F24">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="G24">
-        <v>89024</v>
+        <v>258801</v>
       </c>
       <c r="H24" t="str">
-        <v>diamondroad</v>
+        <v>yvdubber</v>
       </c>
       <c r="I24">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="J24">
-        <v>23</v>
-[...26 lines deleted...]
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:S24"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:S24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
@@ -5251,565 +5245,562 @@
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>2</v>
       </c>
       <c r="P15">
         <v>2</v>
       </c>
       <c r="Q15">
         <v>2</v>
       </c>
       <c r="R15">
         <v>2</v>
       </c>
       <c r="S15">
         <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
-        <v>15</v>
+        <v>T15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
-        <v>Yves chiasson</v>
+        <v>Daniel Arseneault</v>
       </c>
       <c r="E16">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F16">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="G16">
-        <v>258801</v>
+        <v>258800</v>
       </c>
       <c r="H16" t="str">
-        <v>yvdubber</v>
+        <v>fanoaky</v>
       </c>
       <c r="I16">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="J16">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K16">
         <v>2</v>
       </c>
       <c r="L16">
         <v>2</v>
       </c>
       <c r="M16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N16">
         <v>2</v>
       </c>
       <c r="O16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P16">
         <v>2</v>
       </c>
       <c r="Q16">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R16">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="S16">
         <v>2</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
-        <v>T16</v>
+        <v>T15</v>
       </c>
       <c r="C17">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D17" t="str">
-        <v>Daniel Arseneault</v>
+        <v>Pierre Landry</v>
       </c>
       <c r="E17">
         <v>7</v>
       </c>
       <c r="F17">
         <v>61</v>
       </c>
       <c r="G17">
-        <v>258800</v>
+        <v>120350</v>
       </c>
       <c r="H17" t="str">
-        <v>fanoaky</v>
+        <v>fastrunner88</v>
       </c>
       <c r="I17">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J17">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K17">
         <v>2</v>
       </c>
       <c r="L17">
         <v>2</v>
       </c>
       <c r="M17">
         <v>2</v>
       </c>
       <c r="N17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P17">
         <v>2</v>
       </c>
       <c r="Q17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R17">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="S17">
         <v>2</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
-        <v>T16</v>
+        <v>17</v>
       </c>
       <c r="C18">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D18" t="str">
-        <v>Pierre Landry</v>
+        <v>Dylan wood</v>
       </c>
       <c r="E18">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F18">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G18">
-        <v>120350</v>
+        <v>214023</v>
       </c>
       <c r="H18" t="str">
-        <v>fastrunner88</v>
+        <v>ddw2009</v>
       </c>
       <c r="I18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J18">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L18">
         <v>2</v>
       </c>
       <c r="M18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N18">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O18">
         <v>2</v>
       </c>
       <c r="P18">
         <v>2</v>
       </c>
       <c r="Q18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R18">
         <v>2</v>
       </c>
       <c r="S18">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
-        <v>18</v>
+        <v>T18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
-        <v>Dylan wood</v>
+        <v>Cindy LeBlanc</v>
       </c>
       <c r="E19">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="F19">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>214023</v>
+        <v>64</v>
       </c>
       <c r="H19" t="str">
-        <v>ddw2009</v>
+        <v>cindy55</v>
       </c>
       <c r="I19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J19">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K19">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L19">
         <v>2</v>
       </c>
       <c r="M19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N19">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O19">
         <v>2</v>
       </c>
       <c r="P19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R19">
         <v>2</v>
       </c>
       <c r="S19">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
-        <v>T19</v>
+        <v>T18</v>
       </c>
       <c r="C20">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D20" t="str">
-        <v>Cindy LeBlanc</v>
+        <v>Ashley Flowers</v>
       </c>
       <c r="E20">
         <v>10</v>
       </c>
       <c r="F20">
         <v>64</v>
       </c>
       <c r="H20" t="str">
-        <v>cindy55</v>
+        <v>ashflow</v>
       </c>
       <c r="I20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J20">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K20">
         <v>2</v>
       </c>
       <c r="L20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N20">
         <v>2</v>
       </c>
       <c r="O20">
         <v>2</v>
       </c>
       <c r="P20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R20">
         <v>2</v>
       </c>
       <c r="S20">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
-        <v>T19</v>
+        <v>20</v>
       </c>
       <c r="C21">
+        <v>20</v>
+      </c>
+      <c r="D21" t="str">
+        <v>Jolene Gouchie</v>
+      </c>
+      <c r="E21">
+        <v>11</v>
+      </c>
+      <c r="F21">
+        <v>65</v>
+      </c>
+      <c r="G21">
+        <v>228120</v>
+      </c>
+      <c r="H21" t="str">
+        <v>nsdiscychick</v>
+      </c>
+      <c r="I21">
+        <v>1</v>
+      </c>
+      <c r="J21">
         <v>19</v>
       </c>
-      <c r="D21" t="str">
-[...16 lines deleted...]
-      </c>
       <c r="K21">
         <v>2</v>
       </c>
       <c r="L21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O21">
         <v>2</v>
       </c>
       <c r="P21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q21">
         <v>2</v>
       </c>
       <c r="R21">
         <v>2</v>
       </c>
       <c r="S21">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>21</v>
       </c>
       <c r="C22">
         <v>21</v>
       </c>
       <c r="D22" t="str">
-        <v>Jolene Gouchie</v>
+        <v>Eavan O'Brien</v>
       </c>
       <c r="E22">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F22">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G22">
-        <v>228120</v>
+        <v>89024</v>
       </c>
       <c r="H22" t="str">
-        <v>nsdiscychick</v>
+        <v>diamondroad</v>
       </c>
       <c r="I22">
         <v>1</v>
       </c>
       <c r="J22">
         <v>19</v>
       </c>
       <c r="K22">
         <v>2</v>
       </c>
       <c r="L22">
         <v>2</v>
       </c>
       <c r="M22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N22">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O22">
         <v>2</v>
       </c>
       <c r="P22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q22">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S22">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>22</v>
       </c>
       <c r="C23">
         <v>22</v>
       </c>
       <c r="D23" t="str">
-        <v>Eavan O'Brien</v>
+        <v>David Wood</v>
       </c>
       <c r="E23">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F23">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G23">
-        <v>89024</v>
+        <v>167958</v>
       </c>
       <c r="H23" t="str">
-        <v>diamondroad</v>
+        <v>dlwood71</v>
       </c>
       <c r="I23">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="J23">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L23">
         <v>2</v>
       </c>
       <c r="M23">
         <v>2</v>
       </c>
       <c r="N23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P23">
         <v>2</v>
       </c>
       <c r="Q23">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="R23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S23">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>DNF</v>
       </c>
       <c r="D24" t="str">
-        <v>David Wood</v>
+        <v>Yves chiasson</v>
       </c>
       <c r="E24">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="F24">
-        <v>67</v>
+        <v>41</v>
       </c>
       <c r="G24">
-        <v>167958</v>
+        <v>258801</v>
       </c>
       <c r="H24" t="str">
-        <v>dlwood71</v>
+        <v>yvdubber</v>
       </c>
       <c r="I24">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="J24">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="K24">
+        <v>2</v>
+      </c>
+      <c r="L24">
+        <v>2</v>
+      </c>
+      <c r="M24">
+        <v>3</v>
+      </c>
+      <c r="N24">
+        <v>2</v>
+      </c>
+      <c r="O24">
+        <v>2</v>
+      </c>
+      <c r="P24">
+        <v>2</v>
+      </c>
+      <c r="Q24">
         <v>4</v>
       </c>
-      <c r="L24">
-[...16 lines deleted...]
-      </c>
       <c r="R24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S24">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:S24"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>