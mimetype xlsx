--- v0 (2025-11-23)
+++ v1 (2025-12-15)
@@ -722,50 +722,53 @@
         <v>3</v>
       </c>
       <c r="AB3">
         <v>5</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Ross Evans</v>
       </c>
       <c r="E4">
         <v>15</v>
       </c>
       <c r="F4">
         <v>79</v>
       </c>
+      <c r="G4">
+        <v>311887</v>
+      </c>
       <c r="H4" t="str">
         <v>aggroandy1978</v>
       </c>
       <c r="I4">
         <v>15</v>
       </c>
       <c r="J4">
         <v>79</v>
       </c>
       <c r="K4">
         <v>4</v>
       </c>
       <c r="L4">
         <v>5</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>6</v>
       </c>
       <c r="O4">
         <v>4</v>
       </c>
       <c r="P4">
@@ -790,98 +793,107 @@
         <v>3</v>
       </c>
       <c r="W4">
         <v>4</v>
       </c>
       <c r="X4">
         <v>4</v>
       </c>
       <c r="Y4">
         <v>5</v>
       </c>
       <c r="Z4">
         <v>5</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>7</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
+      <c r="B5" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D5" t="str">
         <v>Nick McBrearty</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
         <v>0</v>
       </c>
       <c r="G5">
         <v>291336</v>
       </c>
       <c r="H5" t="str">
         <v>mcbnz01</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
+      <c r="B6" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D6" t="str">
         <v>Aleck Pons</v>
       </c>
       <c r="E6">
         <v>0</v>
       </c>
       <c r="F6">
         <v>0</v>
       </c>
       <c r="H6" t="str">
         <v>udedadude</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6">
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
+      </c>
+      <c r="B7" t="str">
+        <v>DNF</v>
       </c>
       <c r="D7" t="str">
         <v>Joshua Dobby</v>
       </c>
       <c r="E7">
         <v>0</v>
       </c>
       <c r="F7">
         <v>0</v>
       </c>
       <c r="H7" t="str">
         <v>lostmysteak</v>
       </c>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="J7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB7"/>
   </ignoredErrors>
 </worksheet>