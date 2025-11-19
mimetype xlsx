--- v0 (2025-10-15)
+++ v1 (2025-11-19)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB19"/>
+  <dimension ref="A1:AB26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -714,1340 +714,1987 @@
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
         <v>5</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Matthew McLean</v>
+        <v>Isaac Salisbury</v>
       </c>
       <c r="E4">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="F4">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="G4">
-        <v>161669</v>
+        <v>130483</v>
       </c>
       <c r="H4" t="str">
-        <v>mtmclean2012</v>
+        <v>iguy243</v>
       </c>
       <c r="I4">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="J4">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P4">
         <v>4</v>
       </c>
       <c r="Q4">
         <v>2</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T4">
         <v>2</v>
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W4">
         <v>2</v>
       </c>
       <c r="X4">
         <v>2</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA4">
         <v>2</v>
       </c>
       <c r="AB4">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Anthony Frongillo</v>
+        <v>Matthew McLean</v>
       </c>
       <c r="E5">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F5">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G5">
-        <v>69806</v>
+        <v>161669</v>
       </c>
       <c r="H5" t="str">
-        <v>fronge44</v>
+        <v>mtmclean2012</v>
       </c>
       <c r="I5">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J5">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="K5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q5">
         <v>2</v>
       </c>
       <c r="R5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T5">
         <v>2</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W5">
         <v>2</v>
       </c>
       <c r="X5">
         <v>2</v>
       </c>
       <c r="Y5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z5">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AA5">
         <v>2</v>
       </c>
       <c r="AB5">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
-        <v>Stephen Trottier</v>
+        <v xml:space="preserve">lovarmclean </v>
       </c>
       <c r="E6">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F6">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>78790</v>
+        <v>57</v>
       </c>
       <c r="H6" t="str">
-        <v>stevetrottier</v>
+        <v>lovarmclean</v>
       </c>
       <c r="I6">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J6">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="K6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>4</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T6">
         <v>2</v>
       </c>
       <c r="U6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
-        <v>T4</v>
+        <v>T6</v>
       </c>
       <c r="C7">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>Jesse Otto</v>
+        <v>Anthony Frongillo</v>
       </c>
       <c r="E7">
         <v>0</v>
       </c>
       <c r="F7">
         <v>58</v>
       </c>
       <c r="G7">
-        <v>108647</v>
+        <v>69806</v>
       </c>
       <c r="H7" t="str">
-        <v>jotto3435</v>
+        <v>fronge44</v>
       </c>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="J7">
         <v>58</v>
       </c>
       <c r="K7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T7">
         <v>2</v>
       </c>
       <c r="U7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y7">
         <v>4</v>
       </c>
       <c r="Z7">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AA7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
-        <v>T4</v>
+        <v>T6</v>
       </c>
       <c r="C8">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D8" t="str">
-        <v>Adam staley</v>
+        <v>Stephen Trottier</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
       <c r="F8">
         <v>58</v>
       </c>
+      <c r="G8">
+        <v>78790</v>
+      </c>
       <c r="H8" t="str">
-        <v>akstaley123</v>
+        <v>stevetrottier</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8">
         <v>58</v>
       </c>
       <c r="K8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U8">
         <v>3</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
-        <v>8</v>
+        <v>T6</v>
       </c>
       <c r="C9">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D9" t="str">
-        <v>Curtis Gibson</v>
+        <v>Jesse Otto</v>
       </c>
       <c r="E9">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F9">
-        <v>59</v>
+        <v>58</v>
+      </c>
+      <c r="G9">
+        <v>108647</v>
       </c>
       <c r="H9" t="str">
-        <v>notcurtis</v>
+        <v>jotto3435</v>
       </c>
       <c r="I9">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J9">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="K9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L9">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q9">
         <v>4</v>
       </c>
       <c r="R9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB9">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
-        <v>9</v>
+        <v>T6</v>
       </c>
       <c r="C10">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D10" t="str">
-        <v>Ryan Clavette</v>
+        <v>Simon Roussel</v>
       </c>
       <c r="E10">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F10">
-        <v>61</v>
+        <v>58</v>
+      </c>
+      <c r="G10">
+        <v>289624</v>
       </c>
       <c r="H10" t="str">
-        <v>ryanclavette</v>
+        <v>sroussel19</v>
       </c>
       <c r="I10">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="J10">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U10">
         <v>4</v>
       </c>
       <c r="V10">
         <v>4</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
         <v>2</v>
       </c>
       <c r="Y10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z10">
         <v>4</v>
       </c>
       <c r="AA10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
-        <v>10</v>
+        <v>T6</v>
       </c>
       <c r="C11">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D11" t="str">
-        <v>Hunter Clukey</v>
+        <v>Adam staley</v>
       </c>
       <c r="E11">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F11">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>100962</v>
+        <v>58</v>
       </c>
       <c r="H11" t="str">
-        <v>clukey</v>
+        <v>akstaley123</v>
       </c>
       <c r="I11">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="J11">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="K11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N11">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="O11">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="P11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U11">
         <v>3</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y11">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z11">
         <v>4</v>
       </c>
       <c r="AA11">
         <v>2</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
-        <v>Cody Brown</v>
+        <v>Curtis Gibson</v>
       </c>
       <c r="E12">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F12">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>305371</v>
+        <v>59</v>
       </c>
       <c r="H12" t="str">
-        <v>breadkaczynski</v>
+        <v>notcurtis</v>
       </c>
       <c r="I12">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="J12">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R12">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S12">
         <v>4</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V12">
         <v>4</v>
       </c>
       <c r="W12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AA12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB12">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
-        <v>12</v>
+        <v>T12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
-        <v>SideQuest Bob</v>
+        <v>Jonathan Dube</v>
       </c>
       <c r="E13">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F13">
-        <v>64</v>
+        <v>60</v>
+      </c>
+      <c r="G13">
+        <v>306041</v>
       </c>
       <c r="H13" t="str">
-        <v>aaronbahb43</v>
+        <v>jondube</v>
       </c>
       <c r="I13">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="J13">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>4</v>
       </c>
       <c r="M13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S13">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
         <v>3</v>
       </c>
       <c r="Y13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z13">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AA13">
         <v>3</v>
       </c>
       <c r="AB13">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
-        <v>T13</v>
+        <v>T12</v>
       </c>
       <c r="C14">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D14" t="str">
-        <v>Tyler Savoy</v>
+        <v>James McCracken</v>
       </c>
       <c r="E14">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F14">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>255972</v>
+        <v>60</v>
       </c>
       <c r="H14" t="str">
-        <v>franksavage420</v>
+        <v>jmccracken</v>
       </c>
       <c r="I14">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="J14">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N14">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="O14">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S14">
         <v>6</v>
       </c>
       <c r="T14">
         <v>2</v>
       </c>
       <c r="U14">
         <v>3</v>
       </c>
       <c r="V14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W14">
         <v>3</v>
       </c>
       <c r="X14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z14">
         <v>4</v>
       </c>
       <c r="AA14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
-        <v>T13</v>
+        <v>14</v>
       </c>
       <c r="C15">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D15" t="str">
-        <v>Colbie Messenger</v>
+        <v>Ryan Clavette</v>
       </c>
       <c r="E15">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="F15">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>257136</v>
+        <v>61</v>
       </c>
       <c r="H15" t="str">
-        <v>mess24</v>
+        <v>ryanclavette</v>
       </c>
       <c r="I15">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="J15">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="K15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N15">
         <v>4</v>
       </c>
       <c r="O15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="R15">
         <v>3</v>
       </c>
       <c r="S15">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="T15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X15">
         <v>2</v>
       </c>
       <c r="Y15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z15">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="AA15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
-        <v>T13</v>
+        <v>15</v>
       </c>
       <c r="C16">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D16" t="str">
-        <v>Alex Dionne</v>
+        <v>Hunter Clukey</v>
       </c>
       <c r="E16">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F16">
-        <v>65</v>
+        <v>62</v>
+      </c>
+      <c r="G16">
+        <v>100962</v>
       </c>
       <c r="H16" t="str">
-        <v>alexwd7</v>
+        <v>clukey</v>
       </c>
       <c r="I16">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="J16">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="K16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L16">
         <v>5</v>
       </c>
       <c r="M16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N16">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O16">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="P16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R16">
         <v>4</v>
       </c>
       <c r="S16">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="T16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U16">
         <v>3</v>
       </c>
       <c r="V16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W16">
         <v>3</v>
       </c>
       <c r="X16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y16">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Z16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
-        <v>16</v>
+        <v>T16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
-        <v>Matt Frongillo</v>
+        <v>Cody Brown</v>
       </c>
       <c r="E17">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F17">
-        <v>70</v>
+        <v>63</v>
+      </c>
+      <c r="G17">
+        <v>305371</v>
       </c>
       <c r="H17" t="str">
-        <v>fronzi</v>
+        <v>breadkaczynski</v>
       </c>
       <c r="I17">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="J17">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="K17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L17">
         <v>4</v>
       </c>
       <c r="M17">
         <v>4</v>
       </c>
       <c r="N17">
         <v>4</v>
       </c>
       <c r="O17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P17">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="Q17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R17">
         <v>4</v>
       </c>
       <c r="S17">
         <v>4</v>
       </c>
       <c r="T17">
         <v>3</v>
       </c>
       <c r="U17">
         <v>2</v>
       </c>
       <c r="V17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X17">
         <v>2</v>
       </c>
       <c r="Y17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z17">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
-        <v>17</v>
+        <v>T16</v>
       </c>
       <c r="C18">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D18" t="str">
-        <v>Adam Lamontagne</v>
+        <v xml:space="preserve">Ryan Murray </v>
       </c>
       <c r="E18">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="F18">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>259501</v>
+        <v>63</v>
       </c>
       <c r="H18" t="str">
-        <v>alamo35</v>
+        <v>ryanmurray207</v>
       </c>
       <c r="I18">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="J18">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="K18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L18">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="M18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N18">
         <v>4</v>
       </c>
       <c r="O18">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R18">
         <v>5</v>
       </c>
       <c r="S18">
+        <v>4</v>
+      </c>
+      <c r="T18">
+        <v>2</v>
+      </c>
+      <c r="U18">
+        <v>3</v>
+      </c>
+      <c r="V18">
+        <v>4</v>
+      </c>
+      <c r="W18">
+        <v>3</v>
+      </c>
+      <c r="X18">
+        <v>3</v>
+      </c>
+      <c r="Y18">
+        <v>3</v>
+      </c>
+      <c r="Z18">
         <v>7</v>
       </c>
-      <c r="T18">
-[...19 lines deleted...]
-      </c>
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
+      <c r="B19" t="str">
+        <v>18</v>
+      </c>
+      <c r="C19">
+        <v>18</v>
+      </c>
       <c r="D19" t="str">
-        <v>Charlie Veysey</v>
+        <v>SideQuest Bob</v>
       </c>
       <c r="E19">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="F19">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>75861</v>
+        <v>64</v>
       </c>
       <c r="H19" t="str">
-        <v>papachuck</v>
+        <v>aaronbahb43</v>
       </c>
       <c r="I19">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="J19">
-        <v>0</v>
+        <v>64</v>
+      </c>
+      <c r="K19">
+        <v>3</v>
+      </c>
+      <c r="L19">
+        <v>4</v>
+      </c>
+      <c r="M19">
+        <v>3</v>
+      </c>
+      <c r="N19">
+        <v>3</v>
+      </c>
+      <c r="O19">
+        <v>3</v>
+      </c>
+      <c r="P19">
+        <v>3</v>
+      </c>
+      <c r="Q19">
+        <v>3</v>
+      </c>
+      <c r="R19">
+        <v>4</v>
+      </c>
+      <c r="S19">
+        <v>6</v>
+      </c>
+      <c r="T19">
+        <v>3</v>
+      </c>
+      <c r="U19">
+        <v>4</v>
+      </c>
+      <c r="V19">
+        <v>3</v>
+      </c>
+      <c r="W19">
+        <v>3</v>
+      </c>
+      <c r="X19">
+        <v>3</v>
+      </c>
+      <c r="Y19">
+        <v>4</v>
+      </c>
+      <c r="Z19">
+        <v>6</v>
+      </c>
+      <c r="AA19">
+        <v>3</v>
+      </c>
+      <c r="AB19">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B20" t="str">
+        <v>T19</v>
+      </c>
+      <c r="C20">
+        <v>19</v>
+      </c>
+      <c r="D20" t="str">
+        <v>Tyler Savoy</v>
+      </c>
+      <c r="E20">
+        <v>7</v>
+      </c>
+      <c r="F20">
+        <v>65</v>
+      </c>
+      <c r="G20">
+        <v>255972</v>
+      </c>
+      <c r="H20" t="str">
+        <v>franksavage420</v>
+      </c>
+      <c r="I20">
+        <v>7</v>
+      </c>
+      <c r="J20">
+        <v>65</v>
+      </c>
+      <c r="K20">
+        <v>3</v>
+      </c>
+      <c r="L20">
+        <v>3</v>
+      </c>
+      <c r="M20">
+        <v>3</v>
+      </c>
+      <c r="N20">
+        <v>6</v>
+      </c>
+      <c r="O20">
+        <v>5</v>
+      </c>
+      <c r="P20">
+        <v>4</v>
+      </c>
+      <c r="Q20">
+        <v>2</v>
+      </c>
+      <c r="R20">
+        <v>4</v>
+      </c>
+      <c r="S20">
+        <v>6</v>
+      </c>
+      <c r="T20">
+        <v>2</v>
+      </c>
+      <c r="U20">
+        <v>3</v>
+      </c>
+      <c r="V20">
+        <v>3</v>
+      </c>
+      <c r="W20">
+        <v>3</v>
+      </c>
+      <c r="X20">
+        <v>3</v>
+      </c>
+      <c r="Y20">
+        <v>4</v>
+      </c>
+      <c r="Z20">
+        <v>4</v>
+      </c>
+      <c r="AA20">
+        <v>3</v>
+      </c>
+      <c r="AB20">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B21" t="str">
+        <v>T19</v>
+      </c>
+      <c r="C21">
+        <v>19</v>
+      </c>
+      <c r="D21" t="str">
+        <v>Colbie Messenger</v>
+      </c>
+      <c r="E21">
+        <v>7</v>
+      </c>
+      <c r="F21">
+        <v>65</v>
+      </c>
+      <c r="G21">
+        <v>257136</v>
+      </c>
+      <c r="H21" t="str">
+        <v>mess24</v>
+      </c>
+      <c r="I21">
+        <v>7</v>
+      </c>
+      <c r="J21">
+        <v>65</v>
+      </c>
+      <c r="K21">
+        <v>3</v>
+      </c>
+      <c r="L21">
+        <v>3</v>
+      </c>
+      <c r="M21">
+        <v>5</v>
+      </c>
+      <c r="N21">
+        <v>4</v>
+      </c>
+      <c r="O21">
+        <v>3</v>
+      </c>
+      <c r="P21">
+        <v>3</v>
+      </c>
+      <c r="Q21">
+        <v>5</v>
+      </c>
+      <c r="R21">
+        <v>3</v>
+      </c>
+      <c r="S21">
+        <v>7</v>
+      </c>
+      <c r="T21">
+        <v>2</v>
+      </c>
+      <c r="U21">
+        <v>2</v>
+      </c>
+      <c r="V21">
+        <v>3</v>
+      </c>
+      <c r="W21">
+        <v>4</v>
+      </c>
+      <c r="X21">
+        <v>2</v>
+      </c>
+      <c r="Y21">
+        <v>3</v>
+      </c>
+      <c r="Z21">
+        <v>7</v>
+      </c>
+      <c r="AA21">
+        <v>3</v>
+      </c>
+      <c r="AB21">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B22" t="str">
+        <v>T19</v>
+      </c>
+      <c r="C22">
+        <v>19</v>
+      </c>
+      <c r="D22" t="str">
+        <v>Alex Dionne</v>
+      </c>
+      <c r="E22">
+        <v>7</v>
+      </c>
+      <c r="F22">
+        <v>65</v>
+      </c>
+      <c r="H22" t="str">
+        <v>alexwd7</v>
+      </c>
+      <c r="I22">
+        <v>7</v>
+      </c>
+      <c r="J22">
+        <v>65</v>
+      </c>
+      <c r="K22">
+        <v>3</v>
+      </c>
+      <c r="L22">
+        <v>5</v>
+      </c>
+      <c r="M22">
+        <v>4</v>
+      </c>
+      <c r="N22">
+        <v>3</v>
+      </c>
+      <c r="O22">
+        <v>4</v>
+      </c>
+      <c r="P22">
+        <v>3</v>
+      </c>
+      <c r="Q22">
+        <v>2</v>
+      </c>
+      <c r="R22">
+        <v>4</v>
+      </c>
+      <c r="S22">
+        <v>6</v>
+      </c>
+      <c r="T22">
+        <v>3</v>
+      </c>
+      <c r="U22">
+        <v>3</v>
+      </c>
+      <c r="V22">
+        <v>5</v>
+      </c>
+      <c r="W22">
+        <v>3</v>
+      </c>
+      <c r="X22">
+        <v>3</v>
+      </c>
+      <c r="Y22">
+        <v>3</v>
+      </c>
+      <c r="Z22">
+        <v>5</v>
+      </c>
+      <c r="AA22">
+        <v>3</v>
+      </c>
+      <c r="AB22">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B23" t="str">
+        <v>T19</v>
+      </c>
+      <c r="C23">
+        <v>19</v>
+      </c>
+      <c r="D23" t="str">
+        <v>Mike Provencher</v>
+      </c>
+      <c r="E23">
+        <v>7</v>
+      </c>
+      <c r="F23">
+        <v>65</v>
+      </c>
+      <c r="H23" t="str">
+        <v>amuseme</v>
+      </c>
+      <c r="I23">
+        <v>7</v>
+      </c>
+      <c r="J23">
+        <v>65</v>
+      </c>
+      <c r="K23">
+        <v>4</v>
+      </c>
+      <c r="L23">
+        <v>5</v>
+      </c>
+      <c r="M23">
+        <v>4</v>
+      </c>
+      <c r="N23">
+        <v>3</v>
+      </c>
+      <c r="O23">
+        <v>3</v>
+      </c>
+      <c r="P23">
+        <v>4</v>
+      </c>
+      <c r="Q23">
+        <v>4</v>
+      </c>
+      <c r="R23">
+        <v>3</v>
+      </c>
+      <c r="S23">
+        <v>5</v>
+      </c>
+      <c r="T23">
+        <v>4</v>
+      </c>
+      <c r="U23">
+        <v>3</v>
+      </c>
+      <c r="V23">
+        <v>3</v>
+      </c>
+      <c r="W23">
+        <v>3</v>
+      </c>
+      <c r="X23">
+        <v>2</v>
+      </c>
+      <c r="Y23">
+        <v>3</v>
+      </c>
+      <c r="Z23">
+        <v>5</v>
+      </c>
+      <c r="AA23">
+        <v>4</v>
+      </c>
+      <c r="AB23">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B24" t="str">
+        <v>23</v>
+      </c>
+      <c r="C24">
+        <v>23</v>
+      </c>
+      <c r="D24" t="str">
+        <v>Matt Frongillo</v>
+      </c>
+      <c r="E24">
+        <v>12</v>
+      </c>
+      <c r="F24">
+        <v>70</v>
+      </c>
+      <c r="H24" t="str">
+        <v>fronzi</v>
+      </c>
+      <c r="I24">
+        <v>12</v>
+      </c>
+      <c r="J24">
+        <v>70</v>
+      </c>
+      <c r="K24">
+        <v>4</v>
+      </c>
+      <c r="L24">
+        <v>4</v>
+      </c>
+      <c r="M24">
+        <v>4</v>
+      </c>
+      <c r="N24">
+        <v>4</v>
+      </c>
+      <c r="O24">
+        <v>4</v>
+      </c>
+      <c r="P24">
+        <v>7</v>
+      </c>
+      <c r="Q24">
+        <v>4</v>
+      </c>
+      <c r="R24">
+        <v>4</v>
+      </c>
+      <c r="S24">
+        <v>4</v>
+      </c>
+      <c r="T24">
+        <v>3</v>
+      </c>
+      <c r="U24">
+        <v>2</v>
+      </c>
+      <c r="V24">
+        <v>5</v>
+      </c>
+      <c r="W24">
+        <v>4</v>
+      </c>
+      <c r="X24">
+        <v>2</v>
+      </c>
+      <c r="Y24">
+        <v>4</v>
+      </c>
+      <c r="Z24">
+        <v>5</v>
+      </c>
+      <c r="AA24">
+        <v>3</v>
+      </c>
+      <c r="AB24">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B25" t="str">
+        <v>24</v>
+      </c>
+      <c r="C25">
+        <v>24</v>
+      </c>
+      <c r="D25" t="str">
+        <v>Adam Lamontagne</v>
+      </c>
+      <c r="E25">
+        <v>13</v>
+      </c>
+      <c r="F25">
+        <v>71</v>
+      </c>
+      <c r="G25">
+        <v>259501</v>
+      </c>
+      <c r="H25" t="str">
+        <v>alamo35</v>
+      </c>
+      <c r="I25">
+        <v>13</v>
+      </c>
+      <c r="J25">
+        <v>71</v>
+      </c>
+      <c r="K25">
+        <v>2</v>
+      </c>
+      <c r="L25">
+        <v>6</v>
+      </c>
+      <c r="M25">
+        <v>4</v>
+      </c>
+      <c r="N25">
+        <v>4</v>
+      </c>
+      <c r="O25">
+        <v>5</v>
+      </c>
+      <c r="P25">
+        <v>4</v>
+      </c>
+      <c r="Q25">
+        <v>2</v>
+      </c>
+      <c r="R25">
+        <v>5</v>
+      </c>
+      <c r="S25">
+        <v>7</v>
+      </c>
+      <c r="T25">
+        <v>3</v>
+      </c>
+      <c r="U25">
+        <v>3</v>
+      </c>
+      <c r="V25">
+        <v>4</v>
+      </c>
+      <c r="W25">
+        <v>2</v>
+      </c>
+      <c r="X25">
+        <v>3</v>
+      </c>
+      <c r="Y25">
+        <v>6</v>
+      </c>
+      <c r="Z25">
+        <v>4</v>
+      </c>
+      <c r="AA25">
+        <v>3</v>
+      </c>
+      <c r="AB25">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B26" t="str">
+        <v>25</v>
+      </c>
+      <c r="C26">
+        <v>25</v>
+      </c>
+      <c r="D26" t="str">
+        <v>Matt Murray</v>
+      </c>
+      <c r="E26">
+        <v>20</v>
+      </c>
+      <c r="F26">
+        <v>78</v>
+      </c>
+      <c r="H26" t="str">
+        <v>matt6dw</v>
+      </c>
+      <c r="I26">
+        <v>20</v>
+      </c>
+      <c r="J26">
+        <v>78</v>
+      </c>
+      <c r="K26">
+        <v>4</v>
+      </c>
+      <c r="L26">
+        <v>5</v>
+      </c>
+      <c r="M26">
+        <v>5</v>
+      </c>
+      <c r="N26">
+        <v>7</v>
+      </c>
+      <c r="O26">
+        <v>5</v>
+      </c>
+      <c r="P26">
+        <v>3</v>
+      </c>
+      <c r="Q26">
+        <v>4</v>
+      </c>
+      <c r="R26">
+        <v>5</v>
+      </c>
+      <c r="S26">
+        <v>5</v>
+      </c>
+      <c r="T26">
+        <v>4</v>
+      </c>
+      <c r="U26">
+        <v>3</v>
+      </c>
+      <c r="V26">
+        <v>6</v>
+      </c>
+      <c r="W26">
+        <v>3</v>
+      </c>
+      <c r="X26">
+        <v>3</v>
+      </c>
+      <c r="Y26">
+        <v>5</v>
+      </c>
+      <c r="Z26">
+        <v>5</v>
+      </c>
+      <c r="AA26">
+        <v>3</v>
+      </c>
+      <c r="AB26">
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB19"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB26"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 