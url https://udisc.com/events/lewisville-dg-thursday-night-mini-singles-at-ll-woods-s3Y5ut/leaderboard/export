--- v0 (2025-12-12)
+++ v1 (2026-03-06)
@@ -1138,54 +1138,51 @@
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
         <v>4</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MPO</v>
       </c>
       <c r="B9" t="str">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>DNF</v>
       </c>
       <c r="D9" t="str">
         <v>Matthew Fulks</v>
       </c>
       <c r="E9">
         <v>6</v>
       </c>
       <c r="F9">
         <v>36</v>
       </c>
       <c r="G9">
         <v>96142</v>
       </c>
       <c r="H9" t="str">
         <v>mattfulks</v>
       </c>
       <c r="I9">
         <v>6</v>
       </c>
       <c r="J9">
         <v>36</v>
       </c>
       <c r="K9">
         <v>5</v>
       </c>