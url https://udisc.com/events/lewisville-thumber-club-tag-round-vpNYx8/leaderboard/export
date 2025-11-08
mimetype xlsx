--- v0 (2025-10-19)
+++ v1 (2025-11-08)
@@ -548,489 +548,609 @@
         <v>hole_11</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_12</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_13</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_14</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_15</v>
       </c>
       <c r="AD1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AE1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AF1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
+      <c r="C2">
+        <v>-4</v>
+      </c>
+      <c r="D2">
+        <v>-2</v>
+      </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
         <v>DNF</v>
       </c>
       <c r="H2" t="str">
-        <v>keith</v>
+        <v>Justin Stanhope</v>
       </c>
       <c r="I2">
-        <v>8</v>
+        <v>-2</v>
       </c>
       <c r="J2">
-        <v>55</v>
+        <v>31</v>
       </c>
       <c r="K2">
-        <v>154064</v>
+        <v>53180</v>
       </c>
       <c r="L2" t="str">
-        <v>keithram</v>
+        <v>justinstanhope</v>
       </c>
       <c r="M2">
-        <v>8</v>
+        <v>-2</v>
       </c>
       <c r="N2">
-        <v>55</v>
+        <v>31</v>
       </c>
       <c r="O2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R2">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="S2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T2">
         <v>4</v>
       </c>
       <c r="U2">
+        <v>3</v>
+      </c>
+      <c r="V2">
+        <v>4</v>
+      </c>
+      <c r="W2">
         <v>2</v>
       </c>
-      <c r="V2">
-[...4 lines deleted...]
-      </c>
       <c r="X2">
         <v>4</v>
-      </c>
-[...10 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="3">
       <c r="C3">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="D3">
-        <v>-4</v>
+        <v>1</v>
       </c>
       <c r="E3" t="str">
         <v>GEN</v>
       </c>
       <c r="F3" t="str">
         <v>DNF</v>
       </c>
       <c r="H3" t="str">
-        <v>Dean Romans</v>
+        <v>Carlton Reynolds</v>
       </c>
       <c r="I3">
-        <v>4</v>
+        <v>-2</v>
       </c>
       <c r="J3">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="K3">
-        <v>148779</v>
+        <v>99695</v>
       </c>
       <c r="L3" t="str">
-        <v>deanromans41</v>
+        <v>logicbomb</v>
       </c>
       <c r="M3">
-        <v>4</v>
+        <v>-2</v>
       </c>
       <c r="N3">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="O3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T3">
         <v>4</v>
       </c>
       <c r="U3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X3">
-        <v>4</v>
-[...14 lines deleted...]
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="C4">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D4">
-        <v>-7</v>
+        <v>0</v>
       </c>
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
         <v>DNF</v>
       </c>
       <c r="H4" t="str">
-        <v>Clayton Hurlbut</v>
+        <v>Craig Sams</v>
       </c>
       <c r="I4">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="J4">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="K4">
-        <v>200080</v>
+        <v>136684</v>
       </c>
       <c r="L4" t="str">
-        <v>claytonhurlbut</v>
+        <v>bergferguson</v>
       </c>
       <c r="M4">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="N4">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R4">
         <v>4</v>
       </c>
       <c r="S4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X4">
-        <v>6</v>
-[...14 lines deleted...]
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="5">
+      <c r="C5">
+        <v>-3</v>
+      </c>
+      <c r="D5">
+        <v>-5</v>
+      </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
         <v>DNF</v>
       </c>
       <c r="H5" t="str">
-        <v>David Perez</v>
+        <v>Mark Tuttle</v>
       </c>
       <c r="I5">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="J5">
-        <v>65</v>
+        <v>35</v>
+      </c>
+      <c r="K5">
+        <v>165052</v>
       </c>
       <c r="L5" t="str">
-        <v>aarpdnp</v>
+        <v>markwaynetuttle</v>
       </c>
       <c r="M5">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="N5">
-        <v>65</v>
+        <v>35</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R5">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T5">
         <v>4</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
         <v>5</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
         <v>5</v>
-      </c>
-[...13 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="6">
-      <c r="C6">
-[...4 lines deleted...]
-      </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
         <v>DNF</v>
       </c>
       <c r="H6" t="str">
-        <v>Carlton Reynolds</v>
+        <v>keith</v>
       </c>
       <c r="I6">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="J6">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="K6">
-        <v>99695</v>
+        <v>154064</v>
       </c>
       <c r="L6" t="str">
-        <v>logicbomb</v>
+        <v>keithram</v>
       </c>
       <c r="M6">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="N6">
-        <v>0</v>
+        <v>55</v>
+      </c>
+      <c r="O6">
+        <v>3</v>
+      </c>
+      <c r="P6">
+        <v>3</v>
+      </c>
+      <c r="Q6">
+        <v>4</v>
+      </c>
+      <c r="R6">
+        <v>7</v>
+      </c>
+      <c r="S6">
+        <v>3</v>
+      </c>
+      <c r="T6">
+        <v>4</v>
+      </c>
+      <c r="U6">
+        <v>2</v>
+      </c>
+      <c r="V6">
+        <v>4</v>
+      </c>
+      <c r="W6">
+        <v>4</v>
+      </c>
+      <c r="X6">
+        <v>4</v>
+      </c>
+      <c r="Y6">
+        <v>6</v>
+      </c>
+      <c r="Z6">
+        <v>3</v>
+      </c>
+      <c r="AA6">
+        <v>3</v>
+      </c>
+      <c r="AB6">
+        <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="C7">
-        <v>-5</v>
+        <v>0</v>
       </c>
       <c r="D7">
-        <v>-5</v>
+        <v>-4</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
         <v>DNF</v>
       </c>
       <c r="H7" t="str">
-        <v>Mark Tuttle</v>
+        <v>Dean Romans</v>
       </c>
       <c r="I7">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="J7">
-        <v>0</v>
+        <v>56</v>
       </c>
       <c r="K7">
-        <v>165052</v>
+        <v>148779</v>
       </c>
       <c r="L7" t="str">
-        <v>markwaynetuttle</v>
+        <v>deanromans41</v>
       </c>
       <c r="M7">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="N7">
-        <v>0</v>
+        <v>56</v>
+      </c>
+      <c r="O7">
+        <v>3</v>
+      </c>
+      <c r="P7">
+        <v>3</v>
+      </c>
+      <c r="Q7">
+        <v>4</v>
+      </c>
+      <c r="R7">
+        <v>3</v>
+      </c>
+      <c r="S7">
+        <v>3</v>
+      </c>
+      <c r="T7">
+        <v>4</v>
+      </c>
+      <c r="U7">
+        <v>3</v>
+      </c>
+      <c r="V7">
+        <v>4</v>
+      </c>
+      <c r="W7">
+        <v>3</v>
+      </c>
+      <c r="X7">
+        <v>4</v>
+      </c>
+      <c r="Y7">
+        <v>6</v>
+      </c>
+      <c r="Z7">
+        <v>2</v>
+      </c>
+      <c r="AA7">
+        <v>3</v>
+      </c>
+      <c r="AB7">
+        <v>4</v>
+      </c>
+      <c r="AC7">
+        <v>7</v>
       </c>
     </row>
     <row r="8">
       <c r="C8">
-        <v>-2</v>
+        <v>6</v>
       </c>
       <c r="D8">
-        <v>-2</v>
+        <v>-7</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
         <v>DNF</v>
       </c>
       <c r="H8" t="str">
-        <v>Justin Stanhope</v>
+        <v>Clayton Hurlbut</v>
       </c>
       <c r="I8">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="J8">
-        <v>0</v>
+        <v>65</v>
       </c>
       <c r="K8">
-        <v>53180</v>
+        <v>200080</v>
       </c>
       <c r="L8" t="str">
-        <v>justinstanhope</v>
+        <v>claytonhurlbut</v>
       </c>
       <c r="M8">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="N8">
-        <v>0</v>
+        <v>65</v>
+      </c>
+      <c r="O8">
+        <v>3</v>
+      </c>
+      <c r="P8">
+        <v>3</v>
+      </c>
+      <c r="Q8">
+        <v>5</v>
+      </c>
+      <c r="R8">
+        <v>4</v>
+      </c>
+      <c r="S8">
+        <v>2</v>
+      </c>
+      <c r="T8">
+        <v>5</v>
+      </c>
+      <c r="U8">
+        <v>3</v>
+      </c>
+      <c r="V8">
+        <v>4</v>
+      </c>
+      <c r="W8">
+        <v>4</v>
+      </c>
+      <c r="X8">
+        <v>6</v>
+      </c>
+      <c r="Y8">
+        <v>6</v>
+      </c>
+      <c r="Z8">
+        <v>5</v>
+      </c>
+      <c r="AA8">
+        <v>3</v>
+      </c>
+      <c r="AB8">
+        <v>5</v>
+      </c>
+      <c r="AC8">
+        <v>7</v>
       </c>
     </row>
     <row r="9">
-      <c r="C9">
-[...4 lines deleted...]
-      </c>
       <c r="E9" t="str">
         <v>GEN</v>
       </c>
       <c r="F9" t="str">
         <v>DNF</v>
       </c>
       <c r="H9" t="str">
-        <v>Craig Sams</v>
+        <v>David Perez</v>
       </c>
       <c r="I9">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="J9">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>136684</v>
+        <v>65</v>
       </c>
       <c r="L9" t="str">
-        <v>bergferguson</v>
+        <v>aarpdnp</v>
       </c>
       <c r="M9">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="N9">
-        <v>0</v>
+        <v>65</v>
+      </c>
+      <c r="O9">
+        <v>3</v>
+      </c>
+      <c r="P9">
+        <v>3</v>
+      </c>
+      <c r="Q9">
+        <v>4</v>
+      </c>
+      <c r="R9">
+        <v>5</v>
+      </c>
+      <c r="S9">
+        <v>3</v>
+      </c>
+      <c r="T9">
+        <v>4</v>
+      </c>
+      <c r="U9">
+        <v>3</v>
+      </c>
+      <c r="V9">
+        <v>5</v>
+      </c>
+      <c r="W9">
+        <v>3</v>
+      </c>
+      <c r="X9">
+        <v>5</v>
+      </c>
+      <c r="Y9">
+        <v>5</v>
+      </c>
+      <c r="Z9">
+        <v>3</v>
+      </c>
+      <c r="AA9">
+        <v>3</v>
+      </c>
+      <c r="AB9">
+        <v>5</v>
+      </c>
+      <c r="AC9">
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AF9"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>