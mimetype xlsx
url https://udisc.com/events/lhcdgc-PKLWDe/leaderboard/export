--- v0 (2026-02-28)
+++ v1 (2026-03-25)
@@ -569,369 +569,417 @@
       </c>
       <c r="AF1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AG1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AH1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Graham Russell 🌭</v>
       </c>
       <c r="E2">
-        <v>-13</v>
+        <v>-14</v>
       </c>
       <c r="F2">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="G2">
         <v>37909</v>
       </c>
       <c r="H2" t="str">
         <v>havasudg</v>
       </c>
       <c r="I2">
-        <v>-13</v>
+        <v>-14</v>
       </c>
       <c r="J2">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
         <v>2</v>
       </c>
       <c r="S2">
         <v>2</v>
+      </c>
+      <c r="T2">
+        <v>2</v>
+      </c>
+      <c r="U2">
+        <v>4</v>
+      </c>
+      <c r="V2">
+        <v>2</v>
+      </c>
+      <c r="W2">
+        <v>3</v>
       </c>
       <c r="X2">
         <v>3</v>
       </c>
       <c r="Y2">
         <v>4</v>
       </c>
       <c r="Z2">
         <v>2</v>
       </c>
       <c r="AA2">
         <v>2</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
       <c r="AC2">
         <v>2</v>
       </c>
       <c r="AD2">
         <v>2</v>
       </c>
       <c r="AE2">
         <v>2</v>
       </c>
       <c r="AF2">
         <v>4</v>
       </c>
       <c r="AG2">
         <v>3</v>
       </c>
       <c r="AH2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Jeremy Harper 👶🦅</v>
       </c>
       <c r="E3">
-        <v>-7</v>
+        <v>-9</v>
       </c>
       <c r="F3">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="G3">
         <v>76182</v>
       </c>
       <c r="H3" t="str">
         <v>jeremy78</v>
       </c>
       <c r="I3">
-        <v>-7</v>
+        <v>-9</v>
       </c>
       <c r="J3">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>2</v>
       </c>
       <c r="S3">
         <v>3</v>
+      </c>
+      <c r="T3">
+        <v>3</v>
+      </c>
+      <c r="U3">
+        <v>2</v>
+      </c>
+      <c r="V3">
+        <v>3</v>
+      </c>
+      <c r="W3">
+        <v>2</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
       <c r="Y3">
         <v>4</v>
       </c>
       <c r="Z3">
         <v>2</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
       <c r="AC3">
         <v>2</v>
       </c>
       <c r="AD3">
         <v>2</v>
       </c>
       <c r="AE3">
         <v>3</v>
       </c>
       <c r="AF3">
         <v>4</v>
       </c>
       <c r="AG3">
         <v>3</v>
       </c>
       <c r="AH3">
         <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v xml:space="preserve">Drew Ciceran 🪨 </v>
       </c>
       <c r="E4">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="F4">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="G4">
         <v>206779</v>
       </c>
       <c r="H4" t="str">
         <v>jeckelsaxe</v>
       </c>
       <c r="I4">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="J4">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>2</v>
       </c>
       <c r="S4">
         <v>3</v>
+      </c>
+      <c r="T4">
+        <v>2</v>
+      </c>
+      <c r="U4">
+        <v>3</v>
+      </c>
+      <c r="V4">
+        <v>2</v>
+      </c>
+      <c r="W4">
+        <v>2</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
         <v>5</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
       <c r="AC4">
         <v>3</v>
       </c>
       <c r="AD4">
         <v>4</v>
       </c>
       <c r="AE4">
         <v>4</v>
       </c>
       <c r="AF4">
         <v>4</v>
       </c>
       <c r="AG4">
         <v>4</v>
       </c>
       <c r="AH4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Chad Lacey 🥋</v>
       </c>
       <c r="E5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F5">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="G5">
         <v>119743</v>
       </c>
       <c r="H5" t="str">
         <v>rvrchad</v>
       </c>
       <c r="I5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J5">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="K5">
         <v>4</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>4</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>2</v>
       </c>
       <c r="S5">
         <v>3</v>
+      </c>
+      <c r="T5">
+        <v>3</v>
+      </c>
+      <c r="U5">
+        <v>3</v>
+      </c>
+      <c r="V5">
+        <v>3</v>
+      </c>
+      <c r="W5">
+        <v>4</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
         <v>4</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>4</v>
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
       <c r="AD5">
         <v>3</v>
       </c>
       <c r="AE5">
         <v>3</v>
       </c>
@@ -940,176 +988,200 @@
       </c>
       <c r="AG5">
         <v>3</v>
       </c>
       <c r="AH5">
         <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Rick Igel</v>
       </c>
       <c r="E6">
         <v>9</v>
       </c>
       <c r="F6">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="H6" t="str">
         <v>rickigel</v>
       </c>
       <c r="I6">
         <v>9</v>
       </c>
       <c r="J6">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="K6">
         <v>4</v>
       </c>
       <c r="L6">
         <v>5</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>4</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
         <v>3</v>
+      </c>
+      <c r="T6">
+        <v>3</v>
+      </c>
+      <c r="U6">
+        <v>4</v>
+      </c>
+      <c r="V6">
+        <v>3</v>
+      </c>
+      <c r="W6">
+        <v>2</v>
       </c>
       <c r="X6">
         <v>4</v>
       </c>
       <c r="Y6">
         <v>5</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>4</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
       <c r="AC6">
         <v>3</v>
       </c>
       <c r="AD6">
         <v>3</v>
       </c>
       <c r="AE6">
         <v>3</v>
       </c>
       <c r="AF6">
         <v>4</v>
       </c>
       <c r="AG6">
         <v>5</v>
       </c>
       <c r="AH6">
         <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Blain</v>
       </c>
       <c r="E7">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F7">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="H7" t="str">
         <v>blainio</v>
       </c>
       <c r="I7">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="J7">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>2</v>
       </c>
       <c r="M7">
         <v>4</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
         <v>5</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>2</v>
       </c>
       <c r="S7">
         <v>3</v>
+      </c>
+      <c r="T7">
+        <v>2</v>
+      </c>
+      <c r="U7">
+        <v>5</v>
+      </c>
+      <c r="V7">
+        <v>4</v>
+      </c>
+      <c r="W7">
+        <v>4</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
         <v>5</v>
       </c>
       <c r="Z7">
         <v>5</v>
       </c>
       <c r="AA7">
         <v>5</v>
       </c>
       <c r="AB7">
         <v>4</v>
       </c>
       <c r="AC7">
         <v>3</v>
       </c>
       <c r="AD7">
         <v>4</v>
       </c>
       <c r="AE7">
         <v>4</v>
       </c>