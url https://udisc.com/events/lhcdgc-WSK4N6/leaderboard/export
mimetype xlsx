--- v0 (2025-11-02)
+++ v1 (2025-12-13)
@@ -973,54 +973,51 @@
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
       <c r="AD5">
         <v>3</v>
       </c>
       <c r="AE5">
         <v>3</v>
       </c>
       <c r="AF5">
         <v>5</v>
       </c>
       <c r="AG5">
         <v>3</v>
       </c>
       <c r="AH5">
         <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D6" t="str">
         <v>Rick Igel</v>
       </c>
       <c r="E6">
         <v>7</v>
       </c>
       <c r="F6">
         <v>43</v>
       </c>
       <c r="H6" t="str">
         <v>rickigel</v>
       </c>
       <c r="I6">
         <v>7</v>
       </c>
       <c r="J6">
         <v>43</v>
       </c>
       <c r="X6">
         <v>4</v>
       </c>
       <c r="Y6">
         <v>4</v>
       </c>