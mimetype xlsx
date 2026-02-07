--- v0 (2025-10-18)
+++ v1 (2026-02-07)
@@ -769,50 +769,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="E4" t="str">
         <v>MA3</v>
       </c>
       <c r="F4" t="str">
         <v>1</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4" t="str">
         <v>Tom Fox</v>
       </c>
       <c r="I4">
         <v>-2</v>
       </c>
       <c r="J4">
         <v>54</v>
       </c>
       <c r="K4">
         <v>1</v>
       </c>
+      <c r="L4">
+        <v>321125</v>
+      </c>
       <c r="M4" t="str">
         <v>roytfox</v>
       </c>
       <c r="N4">
         <v>-2</v>
       </c>
       <c r="O4">
         <v>54</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>
       <c r="Q4">
         <v>4</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">