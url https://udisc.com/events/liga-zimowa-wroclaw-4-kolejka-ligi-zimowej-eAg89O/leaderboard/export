--- v0 (2026-01-11)
+++ v1 (2026-02-01)
@@ -707,51 +707,51 @@
       </c>
       <c r="L7">
         <v>65</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Green</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Tomasz Krasowski</v>
       </c>
       <c r="E8">
         <v>22</v>
       </c>
       <c r="F8">
         <v>120</v>
       </c>
       <c r="H8" t="str">
-        <v>krasowski</v>
+        <v>porucznik</v>
       </c>
       <c r="I8">
         <v>14</v>
       </c>
       <c r="J8">
         <v>8</v>
       </c>
       <c r="K8">
         <v>63</v>
       </c>
       <c r="L8">
         <v>57</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>Green</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
@@ -2173,51 +2173,51 @@
       </c>
       <c r="Z7">
         <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Green</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Tomasz Krasowski</v>
       </c>
       <c r="E8">
         <v>14</v>
       </c>
       <c r="F8">
         <v>63</v>
       </c>
       <c r="H8" t="str">
-        <v>krasowski</v>
+        <v>porucznik</v>
       </c>
       <c r="I8">
         <v>14</v>
       </c>
       <c r="J8">
         <v>63</v>
       </c>
       <c r="K8">
         <v>4</v>
       </c>
       <c r="L8">
         <v>4</v>
       </c>
       <c r="M8">
         <v>5</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>4</v>
       </c>
@@ -4647,51 +4647,51 @@
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Green</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Tomasz Krasowski</v>
       </c>
       <c r="E8">
         <v>22</v>
       </c>
       <c r="F8">
         <v>120</v>
       </c>
       <c r="H8" t="str">
-        <v>krasowski</v>
+        <v>porucznik</v>
       </c>
       <c r="I8">
         <v>8</v>
       </c>
       <c r="J8">
         <v>57</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>5</v>
       </c>
       <c r="M8">
         <v>4</v>
       </c>
       <c r="N8">
         <v>4</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
         <v>5</v>
       </c>