--- v1 (2026-02-01)
+++ v2 (2026-02-21)
@@ -525,50 +525,53 @@
         <v>48</v>
       </c>
       <c r="L2">
         <v>50</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Green</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Baziu</v>
       </c>
       <c r="E3">
         <v>1</v>
       </c>
       <c r="F3">
         <v>99</v>
       </c>
+      <c r="G3">
+        <v>320752</v>
+      </c>
       <c r="H3" t="str">
         <v>przepiorka</v>
       </c>
       <c r="I3">
         <v>-1</v>
       </c>
       <c r="J3">
         <v>2</v>
       </c>
       <c r="K3">
         <v>48</v>
       </c>
       <c r="L3">
         <v>51</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Green</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
@@ -1704,50 +1707,53 @@
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>Green</v>
       </c>
       <c r="B2" t="str">
         <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Baziu</v>
       </c>
       <c r="E2">
         <v>-1</v>
       </c>
       <c r="F2">
         <v>48</v>
       </c>
+      <c r="G2">
+        <v>320752</v>
+      </c>
       <c r="H2" t="str">
         <v>przepiorka</v>
       </c>
       <c r="I2">
         <v>-1</v>
       </c>
       <c r="J2">
         <v>48</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>4</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
@@ -4255,50 +4261,53 @@
         <v>2</v>
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Green</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Baziu</v>
       </c>
       <c r="E3">
         <v>1</v>
       </c>
       <c r="F3">
         <v>99</v>
       </c>
+      <c r="G3">
+        <v>320752</v>
+      </c>
       <c r="H3" t="str">
         <v>przepiorka</v>
       </c>
       <c r="I3">
         <v>2</v>
       </c>
       <c r="J3">
         <v>51</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>4</v>
       </c>
       <c r="M3">
         <v>4</v>
       </c>
       <c r="N3">
         <v>4</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">