--- v0 (2025-11-03)
+++ v1 (2026-03-04)
@@ -2845,50 +2845,53 @@
         <v>6</v>
       </c>
       <c r="AB28">
         <v>5</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>MPO</v>
       </c>
       <c r="B29" t="str">
         <v>28</v>
       </c>
       <c r="C29">
         <v>28</v>
       </c>
       <c r="D29" t="str">
         <v>Amund Holtklimpen</v>
       </c>
       <c r="E29">
         <v>20</v>
       </c>
       <c r="F29">
         <v>77</v>
       </c>
+      <c r="G29">
+        <v>323029</v>
+      </c>
       <c r="H29" t="str">
         <v>amundh</v>
       </c>
       <c r="I29">
         <v>20</v>
       </c>
       <c r="J29">
         <v>77</v>
       </c>
       <c r="K29">
         <v>4</v>
       </c>
       <c r="L29">
         <v>5</v>
       </c>
       <c r="M29">
         <v>6</v>
       </c>
       <c r="N29">
         <v>4</v>
       </c>
       <c r="O29">
         <v>5</v>
       </c>
       <c r="P29">