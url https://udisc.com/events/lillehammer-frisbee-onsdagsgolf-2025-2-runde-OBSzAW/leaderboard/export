--- v0 (2025-11-03)
+++ v1 (2026-03-04)
@@ -1484,50 +1484,53 @@
         <v>5</v>
       </c>
       <c r="AB12">
         <v>6</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MPO</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Amund Holtklimpen</v>
       </c>
       <c r="E13">
         <v>40</v>
       </c>
       <c r="F13">
         <v>101</v>
       </c>
+      <c r="G13">
+        <v>323029</v>
+      </c>
       <c r="H13" t="str">
         <v>amundh</v>
       </c>
       <c r="I13">
         <v>40</v>
       </c>
       <c r="J13">
         <v>101</v>
       </c>
       <c r="K13">
         <v>5</v>
       </c>
       <c r="L13">
         <v>4</v>
       </c>
       <c r="M13">
         <v>8</v>
       </c>
       <c r="N13">
         <v>8</v>
       </c>
       <c r="O13">
         <v>6</v>
       </c>
       <c r="P13">