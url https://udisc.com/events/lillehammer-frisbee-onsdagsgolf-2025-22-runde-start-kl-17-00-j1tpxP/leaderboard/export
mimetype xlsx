--- v0 (2025-11-03)
+++ v1 (2026-03-04)
@@ -2258,50 +2258,53 @@
         <v>2</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MPO</v>
       </c>
       <c r="B22" t="str">
         <v>T19</v>
       </c>
       <c r="C22">
         <v>19</v>
       </c>
       <c r="D22" t="str">
         <v>Amund Holtklimpen</v>
       </c>
       <c r="E22">
         <v>8</v>
       </c>
       <c r="F22">
         <v>66</v>
       </c>
+      <c r="G22">
+        <v>323029</v>
+      </c>
       <c r="H22" t="str">
         <v>amundh</v>
       </c>
       <c r="I22">
         <v>8</v>
       </c>
       <c r="J22">
         <v>66</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
         <v>4</v>
       </c>
       <c r="M22">
         <v>6</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
         <v>5</v>
       </c>
       <c r="P22">