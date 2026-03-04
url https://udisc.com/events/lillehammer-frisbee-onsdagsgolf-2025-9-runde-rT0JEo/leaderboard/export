--- v0 (2025-11-03)
+++ v1 (2026-03-04)
@@ -1748,50 +1748,53 @@
         <v>6</v>
       </c>
       <c r="AB15">
         <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MPO</v>
       </c>
       <c r="B16" t="str">
         <v>T15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
         <v>Amund Holtklimpen</v>
       </c>
       <c r="E16">
         <v>8</v>
       </c>
       <c r="F16">
         <v>66</v>
       </c>
+      <c r="G16">
+        <v>323029</v>
+      </c>
       <c r="H16" t="str">
         <v>amundh</v>
       </c>
       <c r="I16">
         <v>8</v>
       </c>
       <c r="J16">
         <v>66</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
         <v>5</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">