--- v0 (2025-10-27)
+++ v1 (2026-02-05)
@@ -2750,50 +2750,53 @@
         <v>3</v>
       </c>
       <c r="AB27">
         <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>SHE</v>
       </c>
       <c r="B28" t="str">
         <v>1</v>
       </c>
       <c r="C28">
         <v>1</v>
       </c>
       <c r="D28" t="str">
         <v>Melody Deliva</v>
       </c>
       <c r="E28">
         <v>11</v>
       </c>
       <c r="F28">
         <v>65</v>
       </c>
+      <c r="G28">
+        <v>318551</v>
+      </c>
       <c r="H28" t="str">
         <v>melodydg</v>
       </c>
       <c r="I28">
         <v>11</v>
       </c>
       <c r="J28">
         <v>65</v>
       </c>
       <c r="K28">
         <v>4</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
         <v>4</v>
       </c>
       <c r="N28">
         <v>3</v>
       </c>
       <c r="O28">
         <v>3</v>
       </c>
       <c r="P28">