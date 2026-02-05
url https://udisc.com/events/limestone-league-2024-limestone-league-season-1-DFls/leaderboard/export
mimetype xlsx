--- v0 (2025-10-27)
+++ v1 (2026-02-05)
@@ -2747,50 +2747,53 @@
         <v>3</v>
       </c>
       <c r="AB27">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>SHE</v>
       </c>
       <c r="B28" t="str">
         <v>5</v>
       </c>
       <c r="C28">
         <v>5</v>
       </c>
       <c r="D28" t="str">
         <v>Melody Deliva</v>
       </c>
       <c r="E28">
         <v>14</v>
       </c>
       <c r="F28">
         <v>68</v>
       </c>
+      <c r="G28">
+        <v>318551</v>
+      </c>
       <c r="H28" t="str">
         <v>melodydg</v>
       </c>
       <c r="I28">
         <v>14</v>
       </c>
       <c r="J28">
         <v>68</v>
       </c>
       <c r="K28">
         <v>3</v>
       </c>
       <c r="L28">
         <v>4</v>
       </c>
       <c r="M28">
         <v>3</v>
       </c>
       <c r="N28">
         <v>4</v>
       </c>
       <c r="O28">
         <v>3</v>
       </c>
       <c r="P28">