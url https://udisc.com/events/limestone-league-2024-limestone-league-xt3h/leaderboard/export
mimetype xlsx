--- v0 (2025-10-27)
+++ v1 (2026-02-05)
@@ -2232,200 +2232,203 @@
       </c>
       <c r="Y21">
         <v>3</v>
       </c>
       <c r="Z21">
         <v>3</v>
       </c>
       <c r="AA21">
         <v>3</v>
       </c>
       <c r="AB21">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>SHE</v>
       </c>
       <c r="B22" t="str">
         <v>T1</v>
       </c>
       <c r="C22">
         <v>1</v>
       </c>
       <c r="D22" t="str">
-        <v xml:space="preserve">Danielle Walsh </v>
+        <v>Melody Deliva</v>
       </c>
       <c r="E22">
         <v>9</v>
       </c>
       <c r="F22">
         <v>63</v>
       </c>
+      <c r="G22">
+        <v>318551</v>
+      </c>
       <c r="H22" t="str">
-        <v>dclair79</v>
+        <v>melodydg</v>
       </c>
       <c r="I22">
         <v>9</v>
       </c>
       <c r="J22">
         <v>63</v>
       </c>
       <c r="K22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P22">
         <v>4</v>
       </c>
       <c r="Q22">
         <v>3</v>
       </c>
       <c r="R22">
         <v>4</v>
       </c>
       <c r="S22">
         <v>4</v>
       </c>
       <c r="T22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U22">
         <v>3</v>
       </c>
       <c r="V22">
         <v>3</v>
       </c>
       <c r="W22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y22">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB22">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>SHE</v>
       </c>
       <c r="B23" t="str">
         <v>T1</v>
       </c>
       <c r="C23">
         <v>1</v>
       </c>
       <c r="D23" t="str">
-        <v>Melody Deliva</v>
+        <v xml:space="preserve">Danielle Walsh </v>
       </c>
       <c r="E23">
         <v>9</v>
       </c>
       <c r="F23">
         <v>63</v>
       </c>
       <c r="H23" t="str">
-        <v>melodydg</v>
+        <v>dclair79</v>
       </c>
       <c r="I23">
         <v>9</v>
       </c>
       <c r="J23">
         <v>63</v>
       </c>
       <c r="K23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P23">
         <v>4</v>
       </c>
       <c r="Q23">
         <v>3</v>
       </c>
       <c r="R23">
         <v>4</v>
       </c>
       <c r="S23">
         <v>4</v>
       </c>
       <c r="T23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U23">
         <v>3</v>
       </c>
       <c r="V23">
         <v>3</v>
       </c>
       <c r="W23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y23">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB23">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB23"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>