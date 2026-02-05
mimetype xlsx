--- v0 (2025-10-28)
+++ v1 (2026-02-05)
@@ -2578,50 +2578,53 @@
         <v>3</v>
       </c>
       <c r="AB25">
         <v>2</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>SHE</v>
       </c>
       <c r="B26" t="str">
         <v>2</v>
       </c>
       <c r="C26">
         <v>2</v>
       </c>
       <c r="D26" t="str">
         <v>Melody Deliva</v>
       </c>
       <c r="E26">
         <v>-1</v>
       </c>
       <c r="F26">
         <v>53</v>
       </c>
+      <c r="G26">
+        <v>318551</v>
+      </c>
       <c r="H26" t="str">
         <v>melodydg</v>
       </c>
       <c r="I26">
         <v>-1</v>
       </c>
       <c r="J26">
         <v>53</v>
       </c>
       <c r="K26">
         <v>3</v>
       </c>
       <c r="L26">
         <v>3</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
         <v>2</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">