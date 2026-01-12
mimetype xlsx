--- v0 (2025-10-09)
+++ v1 (2026-01-12)
@@ -888,50 +888,53 @@
         <v>5</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Pete Glocker</v>
       </c>
       <c r="E6">
         <v>0</v>
       </c>
       <c r="F6">
         <v>55</v>
       </c>
+      <c r="G6">
+        <v>320143</v>
+      </c>
       <c r="H6" t="str">
         <v>peteglocker</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6">
         <v>55</v>
       </c>
       <c r="K6">
         <v>4</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">