--- v1 (2026-01-12)
+++ v2 (2026-02-25)
@@ -550,50 +550,53 @@
         <v>hole_13</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_14</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Dom Koury</v>
       </c>
       <c r="E2">
         <v>-7</v>
       </c>
       <c r="F2">
         <v>48</v>
       </c>
+      <c r="G2">
+        <v>320198</v>
+      </c>
       <c r="H2" t="str">
         <v>frankybigfoot</v>
       </c>
       <c r="I2">
         <v>-7</v>
       </c>
       <c r="J2">
         <v>48</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">