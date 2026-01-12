--- v0 (2025-10-09)
+++ v1 (2026-01-12)
@@ -1054,50 +1054,53 @@
         <v>3</v>
       </c>
       <c r="AB7">
         <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Pete Glocker</v>
       </c>
       <c r="E8">
         <v>6</v>
       </c>
       <c r="F8">
         <v>61</v>
       </c>
+      <c r="G8">
+        <v>320143</v>
+      </c>
       <c r="H8" t="str">
         <v>peteglocker</v>
       </c>
       <c r="I8">
         <v>6</v>
       </c>
       <c r="J8">
         <v>61</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">