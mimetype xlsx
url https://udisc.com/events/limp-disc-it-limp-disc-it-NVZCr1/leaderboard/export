--- v1 (2026-01-12)
+++ v2 (2026-02-01)
@@ -550,50 +550,53 @@
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Dom Koury</v>
       </c>
       <c r="E2">
         <v>-8</v>
       </c>
       <c r="F2">
         <v>47</v>
       </c>
+      <c r="G2">
+        <v>320198</v>
+      </c>
       <c r="H2" t="str">
         <v>frankybigfoot</v>
       </c>
       <c r="I2">
         <v>-8</v>
       </c>
       <c r="J2">
         <v>47</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">