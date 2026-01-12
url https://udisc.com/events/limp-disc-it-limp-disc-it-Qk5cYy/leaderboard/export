--- v0 (2025-10-09)
+++ v1 (2026-01-12)
@@ -636,50 +636,53 @@
         <v>3</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
         <v>Pete Glocker</v>
       </c>
       <c r="E3">
         <v>-2</v>
       </c>
       <c r="F3">
         <v>53</v>
       </c>
+      <c r="G3">
+        <v>320143</v>
+      </c>
       <c r="H3" t="str">
         <v>peteglocker</v>
       </c>
       <c r="I3">
         <v>-2</v>
       </c>
       <c r="J3">
         <v>53</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">