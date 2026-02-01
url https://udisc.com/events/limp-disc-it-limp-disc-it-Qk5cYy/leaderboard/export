--- v1 (2026-01-12)
+++ v2 (2026-02-01)
@@ -722,50 +722,53 @@
         <v>3</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Dom Koury</v>
       </c>
       <c r="E4">
         <v>1</v>
       </c>
       <c r="F4">
         <v>56</v>
       </c>
+      <c r="G4">
+        <v>320198</v>
+      </c>
       <c r="H4" t="str">
         <v>frankybigfoot</v>
       </c>
       <c r="I4">
         <v>1</v>
       </c>
       <c r="J4">
         <v>56</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">