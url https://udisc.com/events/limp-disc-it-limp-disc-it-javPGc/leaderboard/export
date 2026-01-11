--- v0 (2025-10-09)
+++ v1 (2026-01-11)
@@ -719,50 +719,53 @@
         <v>4</v>
       </c>
       <c r="AB3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Pete Glocker</v>
       </c>
       <c r="E4">
         <v>2</v>
       </c>
       <c r="F4">
         <v>57</v>
       </c>
+      <c r="G4">
+        <v>320143</v>
+      </c>
       <c r="H4" t="str">
         <v>peteglocker</v>
       </c>
       <c r="I4">
         <v>2</v>
       </c>
       <c r="J4">
         <v>57</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>4</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">