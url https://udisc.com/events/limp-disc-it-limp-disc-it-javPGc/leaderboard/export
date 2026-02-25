--- v1 (2026-01-11)
+++ v2 (2026-02-25)
@@ -550,50 +550,53 @@
         <v>hole_13</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_14</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Dom Koury</v>
       </c>
       <c r="E2">
         <v>-8</v>
       </c>
       <c r="F2">
         <v>47</v>
       </c>
+      <c r="G2">
+        <v>320198</v>
+      </c>
       <c r="H2" t="str">
         <v>frankybigfoot</v>
       </c>
       <c r="I2">
         <v>-8</v>
       </c>
       <c r="J2">
         <v>47</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">