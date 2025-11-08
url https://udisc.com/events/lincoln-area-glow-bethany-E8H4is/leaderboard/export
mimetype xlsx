--- v0 (2025-10-18)
+++ v1 (2025-11-08)
@@ -1690,50 +1690,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>CDIV</v>
       </c>
       <c r="B15" t="str">
         <v>2</v>
       </c>
       <c r="C15">
         <v>2</v>
       </c>
       <c r="D15" t="str">
         <v>Gabriel Birky Pohirieth</v>
       </c>
       <c r="E15">
         <v>-7</v>
       </c>
       <c r="F15">
         <v>47</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
+      <c r="H15">
+        <v>317114</v>
+      </c>
       <c r="I15" t="str">
         <v>gbirkypo</v>
       </c>
       <c r="J15">
         <v>-7</v>
       </c>
       <c r="K15">
         <v>47</v>
       </c>
       <c r="L15">
         <v>2</v>
       </c>
       <c r="M15">
         <v>2</v>
       </c>
       <c r="N15">
         <v>2</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">