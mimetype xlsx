--- v0 (2026-01-12)
+++ v1 (2026-02-01)
@@ -979,51 +979,51 @@
       </c>
       <c r="W6">
         <v>5</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
         <v>2</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>4</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
       <c r="AC6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
-        <v>BDIV</v>
+        <v>CDIV</v>
       </c>
       <c r="B7" t="str">
         <v>1</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7" t="str">
         <v>Daniel Duensing</v>
       </c>
       <c r="E7">
         <v>-5</v>
       </c>
       <c r="F7">
         <v>57</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7">
         <v>218140</v>
       </c>
       <c r="I7" t="str">
         <v>dandue</v>
       </c>
@@ -1068,51 +1068,51 @@
       </c>
       <c r="W7">
         <v>5</v>
       </c>
       <c r="X7">
         <v>2</v>
       </c>
       <c r="Y7">
         <v>2</v>
       </c>
       <c r="Z7">
         <v>2</v>
       </c>
       <c r="AA7">
         <v>4</v>
       </c>
       <c r="AB7">
         <v>4</v>
       </c>
       <c r="AC7">
         <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v>BDIV</v>
+        <v>CDIV</v>
       </c>
       <c r="B8" t="str">
         <v>T2</v>
       </c>
       <c r="C8">
         <v>2</v>
       </c>
       <c r="D8" t="str">
         <v>Tanner Hughes</v>
       </c>
       <c r="E8">
         <v>-2</v>
       </c>
       <c r="F8">
         <v>60</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8">
         <v>206653</v>
       </c>
       <c r="I8" t="str">
         <v>santanner92</v>
       </c>
@@ -1157,51 +1157,51 @@
       </c>
       <c r="W8">
         <v>4</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
         <v>2</v>
       </c>
       <c r="Z8">
         <v>4</v>
       </c>
       <c r="AA8">
         <v>4</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
       <c r="AC8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v>BDIV</v>
+        <v>CDIV</v>
       </c>
       <c r="B9" t="str">
         <v>T2</v>
       </c>
       <c r="C9">
         <v>2</v>
       </c>
       <c r="D9" t="str">
         <v>Zach k</v>
       </c>
       <c r="E9">
         <v>-2</v>
       </c>
       <c r="F9">
         <v>60</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="I9" t="str">
         <v>zdisc91</v>
       </c>
       <c r="J9">
         <v>-2</v>
       </c>
@@ -1243,51 +1243,51 @@
       </c>
       <c r="W9">
         <v>4</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
         <v>2</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
         <v>2</v>
       </c>
       <c r="AB9">
         <v>5</v>
       </c>
       <c r="AC9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
-        <v>BDIV</v>
+        <v>CDIV</v>
       </c>
       <c r="B10" t="str">
         <v>4</v>
       </c>
       <c r="C10">
         <v>4</v>
       </c>
       <c r="D10" t="str">
         <v>Dylon Knudson</v>
       </c>
       <c r="E10">
         <v>0</v>
       </c>
       <c r="F10">
         <v>62</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="I10" t="str">
         <v>dknudson</v>
       </c>
       <c r="J10">
         <v>0</v>
       </c>
@@ -1329,51 +1329,51 @@
       </c>
       <c r="W10">
         <v>4</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
         <v>2</v>
       </c>
       <c r="AB10">
         <v>5</v>
       </c>
       <c r="AC10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v>BDIV</v>
+        <v>CDIV</v>
       </c>
       <c r="B11" t="str">
         <v>5</v>
       </c>
       <c r="C11">
         <v>5</v>
       </c>
       <c r="D11" t="str">
         <v>Joshua Sweet</v>
       </c>
       <c r="E11">
         <v>1</v>
       </c>
       <c r="F11">
         <v>63</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="H11">
         <v>269178</v>
       </c>
       <c r="I11" t="str">
         <v>cavemanking</v>
       </c>
@@ -1418,51 +1418,51 @@
       </c>
       <c r="W11">
         <v>5</v>
       </c>
       <c r="X11">
         <v>2</v>
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
         <v>2</v>
       </c>
       <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
         <v>4</v>
       </c>
       <c r="AC11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v>BDIV</v>
+        <v>CDIV</v>
       </c>
       <c r="B12" t="str">
         <v>6</v>
       </c>
       <c r="C12">
         <v>6</v>
       </c>
       <c r="D12" t="str">
         <v>Jeremy Albers</v>
       </c>
       <c r="E12">
         <v>2</v>
       </c>
       <c r="F12">
         <v>64</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="H12">
         <v>287431</v>
       </c>
       <c r="I12" t="str">
         <v>jwalbers91</v>
       </c>
@@ -1507,51 +1507,51 @@
       </c>
       <c r="W12">
         <v>5</v>
       </c>
       <c r="X12">
         <v>3</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
         <v>3</v>
       </c>
       <c r="AB12">
         <v>4</v>
       </c>
       <c r="AC12">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v>BDIV</v>
+        <v>CDIV</v>
       </c>
       <c r="B13" t="str">
         <v>7</v>
       </c>
       <c r="C13">
         <v>7</v>
       </c>
       <c r="D13" t="str">
         <v>Wade Petray</v>
       </c>
       <c r="E13">
         <v>3</v>
       </c>
       <c r="F13">
         <v>65</v>
       </c>
       <c r="G13">
         <v>1</v>
       </c>
       <c r="H13">
         <v>275973</v>
       </c>
       <c r="I13" t="str">
         <v>wader1971</v>
       </c>
@@ -1596,51 +1596,51 @@
       </c>
       <c r="W13">
         <v>4</v>
       </c>
       <c r="X13">
         <v>4</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
         <v>3</v>
       </c>
       <c r="AB13">
         <v>5</v>
       </c>
       <c r="AC13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v>BDIV</v>
+        <v>CDIV</v>
       </c>
       <c r="B14" t="str">
         <v>T8</v>
       </c>
       <c r="C14">
         <v>8</v>
       </c>
       <c r="D14" t="str">
         <v>Chris Williams</v>
       </c>
       <c r="E14">
         <v>6</v>
       </c>
       <c r="F14">
         <v>68</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
       <c r="I14" t="str">
         <v>rustypine311</v>
       </c>
       <c r="J14">
         <v>6</v>
       </c>
@@ -1682,51 +1682,51 @@
       </c>
       <c r="W14">
         <v>4</v>
       </c>
       <c r="X14">
         <v>2</v>
       </c>
       <c r="Y14">
         <v>2</v>
       </c>
       <c r="Z14">
         <v>3</v>
       </c>
       <c r="AA14">
         <v>5</v>
       </c>
       <c r="AB14">
         <v>5</v>
       </c>
       <c r="AC14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
-        <v>BDIV</v>
+        <v>CDIV</v>
       </c>
       <c r="B15" t="str">
         <v>T8</v>
       </c>
       <c r="C15">
         <v>8</v>
       </c>
       <c r="D15" t="str">
         <v>Colton Thrash</v>
       </c>
       <c r="E15">
         <v>6</v>
       </c>
       <c r="F15">
         <v>68</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="I15" t="str">
         <v>cthrash1</v>
       </c>
       <c r="J15">
         <v>6</v>
       </c>
@@ -1768,51 +1768,51 @@
       </c>
       <c r="W15">
         <v>5</v>
       </c>
       <c r="X15">
         <v>2</v>
       </c>
       <c r="Y15">
         <v>2</v>
       </c>
       <c r="Z15">
         <v>3</v>
       </c>
       <c r="AA15">
         <v>7</v>
       </c>
       <c r="AB15">
         <v>6</v>
       </c>
       <c r="AC15">
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
-        <v>BDIV</v>
+        <v>CDIV</v>
       </c>
       <c r="B16" t="str">
         <v>10</v>
       </c>
       <c r="C16">
         <v>10</v>
       </c>
       <c r="D16" t="str">
         <v>Tyler Johnson</v>
       </c>
       <c r="E16">
         <v>7</v>
       </c>
       <c r="F16">
         <v>69</v>
       </c>
       <c r="G16">
         <v>1</v>
       </c>
       <c r="H16">
         <v>155175</v>
       </c>
       <c r="I16" t="str">
         <v>kingbeardsgodly</v>
       </c>
@@ -1857,51 +1857,51 @@
       </c>
       <c r="W16">
         <v>4</v>
       </c>
       <c r="X16">
         <v>3</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
         <v>2</v>
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
         <v>9</v>
       </c>
       <c r="AC16">
         <v>6</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
-        <v>BDIV</v>
+        <v>CDIV</v>
       </c>
       <c r="B17" t="str">
         <v>11</v>
       </c>
       <c r="C17">
         <v>11</v>
       </c>
       <c r="D17" t="str">
         <v>Joe Reeder</v>
       </c>
       <c r="E17">
         <v>9</v>
       </c>
       <c r="F17">
         <v>71</v>
       </c>
       <c r="G17">
         <v>1</v>
       </c>
       <c r="H17">
         <v>197717</v>
       </c>
       <c r="I17" t="str">
         <v>joereeder</v>
       </c>
@@ -1946,51 +1946,51 @@
       </c>
       <c r="W17">
         <v>3</v>
       </c>
       <c r="X17">
         <v>3</v>
       </c>
       <c r="Y17">
         <v>4</v>
       </c>
       <c r="Z17">
         <v>3</v>
       </c>
       <c r="AA17">
         <v>4</v>
       </c>
       <c r="AB17">
         <v>4</v>
       </c>
       <c r="AC17">
         <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
-        <v>BDIV</v>
+        <v>CDIV</v>
       </c>
       <c r="B18" t="str">
         <v>12</v>
       </c>
       <c r="C18">
         <v>12</v>
       </c>
       <c r="D18" t="str">
         <v>Darren Knudson</v>
       </c>
       <c r="E18">
         <v>12</v>
       </c>
       <c r="F18">
         <v>74</v>
       </c>
       <c r="G18">
         <v>1</v>
       </c>
       <c r="H18">
         <v>209213</v>
       </c>
       <c r="I18" t="str">
         <v>darrenknudson</v>
       </c>
@@ -2035,51 +2035,51 @@
       </c>
       <c r="W18">
         <v>5</v>
       </c>
       <c r="X18">
         <v>2</v>
       </c>
       <c r="Y18">
         <v>2</v>
       </c>
       <c r="Z18">
         <v>3</v>
       </c>
       <c r="AA18">
         <v>4</v>
       </c>
       <c r="AB18">
         <v>4</v>
       </c>
       <c r="AC18">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
-        <v>BDIV</v>
+        <v>CDIV</v>
       </c>
       <c r="B19" t="str">
         <v>13</v>
       </c>
       <c r="C19">
         <v>13</v>
       </c>
       <c r="D19" t="str">
         <v>Kenny Melpolder</v>
       </c>
       <c r="E19">
         <v>13</v>
       </c>
       <c r="F19">
         <v>75</v>
       </c>
       <c r="G19">
         <v>1</v>
       </c>
       <c r="H19">
         <v>72489</v>
       </c>
       <c r="I19" t="str">
         <v>manimjustray</v>
       </c>
@@ -2124,51 +2124,51 @@
       </c>
       <c r="W19">
         <v>6</v>
       </c>
       <c r="X19">
         <v>3</v>
       </c>
       <c r="Y19">
         <v>3</v>
       </c>
       <c r="Z19">
         <v>3</v>
       </c>
       <c r="AA19">
         <v>3</v>
       </c>
       <c r="AB19">
         <v>6</v>
       </c>
       <c r="AC19">
         <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
-        <v>CDIV</v>
+        <v>DDIV</v>
       </c>
       <c r="B20" t="str">
         <v>1</v>
       </c>
       <c r="C20">
         <v>1</v>
       </c>
       <c r="D20" t="str">
         <v>COBRA</v>
       </c>
       <c r="E20">
         <v>-12</v>
       </c>
       <c r="F20">
         <v>50</v>
       </c>
       <c r="G20">
         <v>1</v>
       </c>
       <c r="H20">
         <v>90286</v>
       </c>
       <c r="I20" t="str">
         <v>nathanbb</v>
       </c>
@@ -2213,51 +2213,51 @@
       </c>
       <c r="W20">
         <v>3</v>
       </c>
       <c r="X20">
         <v>2</v>
       </c>
       <c r="Y20">
         <v>3</v>
       </c>
       <c r="Z20">
         <v>3</v>
       </c>
       <c r="AA20">
         <v>3</v>
       </c>
       <c r="AB20">
         <v>4</v>
       </c>
       <c r="AC20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
-        <v>CDIV</v>
+        <v>DDIV</v>
       </c>
       <c r="B21" t="str">
         <v>2</v>
       </c>
       <c r="C21">
         <v>2</v>
       </c>
       <c r="D21" t="str">
         <v>Andy Peters</v>
       </c>
       <c r="E21">
         <v>-4</v>
       </c>
       <c r="F21">
         <v>58</v>
       </c>
       <c r="G21">
         <v>1</v>
       </c>
       <c r="H21">
         <v>146838</v>
       </c>
       <c r="I21" t="str">
         <v>reddcerberus86</v>
       </c>
@@ -2302,51 +2302,51 @@
       </c>
       <c r="W21">
         <v>4</v>
       </c>
       <c r="X21">
         <v>3</v>
       </c>
       <c r="Y21">
         <v>3</v>
       </c>
       <c r="Z21">
         <v>2</v>
       </c>
       <c r="AA21">
         <v>3</v>
       </c>
       <c r="AB21">
         <v>4</v>
       </c>
       <c r="AC21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
-        <v>CDIV</v>
+        <v>DDIV</v>
       </c>
       <c r="B22" t="str">
         <v>3</v>
       </c>
       <c r="C22">
         <v>3</v>
       </c>
       <c r="D22" t="str">
         <v>Murphy</v>
       </c>
       <c r="E22">
         <v>13</v>
       </c>
       <c r="F22">
         <v>75</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
       <c r="I22" t="str">
         <v>croationsensatn</v>
       </c>
       <c r="J22">
         <v>13</v>
       </c>