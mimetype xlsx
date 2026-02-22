--- v0 (2025-10-21)
+++ v1 (2026-02-22)
@@ -6480,50 +6480,53 @@
         <v>4</v>
       </c>
       <c r="AF64">
         <v>63</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="str">
         <v>FA1</v>
       </c>
       <c r="B65" t="str">
         <v>8</v>
       </c>
       <c r="C65">
         <v>8</v>
       </c>
       <c r="D65" t="str">
         <v>Kat miller</v>
       </c>
       <c r="E65">
         <v>18</v>
       </c>
       <c r="F65">
         <v>78</v>
       </c>
+      <c r="G65">
+        <v>301439</v>
+      </c>
       <c r="H65" t="str">
         <v>manickat</v>
       </c>
       <c r="I65">
         <v>18</v>
       </c>
       <c r="J65">
         <v>78</v>
       </c>
       <c r="K65">
         <v>4</v>
       </c>
       <c r="L65">
         <v>5</v>
       </c>
       <c r="M65">
         <v>2</v>
       </c>
       <c r="N65">
         <v>5</v>
       </c>
       <c r="O65">
         <v>4</v>
       </c>
       <c r="P65">