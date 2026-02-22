--- v0 (2025-10-21)
+++ v1 (2026-02-22)
@@ -3104,50 +3104,53 @@
         <v>3</v>
       </c>
       <c r="AD29">
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MA3</v>
       </c>
       <c r="B30" t="str">
         <v>T9</v>
       </c>
       <c r="C30">
         <v>9</v>
       </c>
       <c r="D30" t="str">
         <v>Jason Kulchinsky</v>
       </c>
       <c r="E30">
         <v>15</v>
       </c>
       <c r="F30">
         <v>79</v>
       </c>
+      <c r="G30">
+        <v>303162</v>
+      </c>
       <c r="H30" t="str">
         <v>draconsky</v>
       </c>
       <c r="I30">
         <v>15</v>
       </c>
       <c r="J30">
         <v>79</v>
       </c>
       <c r="K30">
         <v>4</v>
       </c>
       <c r="L30">
         <v>4</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
         <v>5</v>
       </c>
       <c r="O30">
         <v>4</v>
       </c>
       <c r="P30">