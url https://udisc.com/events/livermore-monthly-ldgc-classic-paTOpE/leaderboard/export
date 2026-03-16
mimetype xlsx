--- v0 (2025-10-21)
+++ v1 (2026-03-16)
@@ -3365,50 +3365,53 @@
         <v>4</v>
       </c>
       <c r="AD32">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>MA3</v>
       </c>
       <c r="B33" t="str">
         <v>5</v>
       </c>
       <c r="C33">
         <v>5</v>
       </c>
       <c r="D33" t="str">
         <v>Thomas Nickle</v>
       </c>
       <c r="E33">
         <v>16</v>
       </c>
       <c r="F33">
         <v>76</v>
       </c>
+      <c r="G33">
+        <v>323505</v>
+      </c>
       <c r="H33" t="str">
         <v>hanayama</v>
       </c>
       <c r="I33">
         <v>16</v>
       </c>
       <c r="J33">
         <v>76</v>
       </c>
       <c r="K33">
         <v>3</v>
       </c>
       <c r="L33">
         <v>2</v>
       </c>
       <c r="M33">
         <v>5</v>
       </c>
       <c r="N33">
         <v>4</v>
       </c>
       <c r="O33">
         <v>5</v>
       </c>
       <c r="P33">