--- v0 (2025-10-20)
+++ v1 (2026-02-22)
@@ -3483,50 +3483,53 @@
         <v>4</v>
       </c>
       <c r="AB35">
         <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>MA3</v>
       </c>
       <c r="B36" t="str">
         <v>5</v>
       </c>
       <c r="C36">
         <v>5</v>
       </c>
       <c r="D36" t="str">
         <v>Jason Kulchinsky</v>
       </c>
       <c r="E36">
         <v>6</v>
       </c>
       <c r="F36">
         <v>60</v>
       </c>
+      <c r="G36">
+        <v>303162</v>
+      </c>
       <c r="H36" t="str">
         <v>draconsky</v>
       </c>
       <c r="I36">
         <v>6</v>
       </c>
       <c r="J36">
         <v>60</v>
       </c>
       <c r="K36">
         <v>2</v>
       </c>
       <c r="L36">
         <v>3</v>
       </c>
       <c r="M36">
         <v>4</v>
       </c>
       <c r="N36">
         <v>4</v>
       </c>
       <c r="O36">
         <v>3</v>
       </c>
       <c r="P36">
@@ -3986,50 +3989,53 @@
       <c r="AA41">
         <v>3</v>
       </c>
       <c r="AB41">
         <v>3</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>FA1</v>
       </c>
       <c r="B42" t="str">
         <v>2</v>
       </c>
       <c r="C42">
         <v>2</v>
       </c>
       <c r="D42" t="str">
         <v>Kat miller</v>
       </c>
       <c r="E42">
         <v>2</v>
       </c>
       <c r="F42">
         <v>56</v>
+      </c>
+      <c r="G42">
+        <v>301439</v>
       </c>
       <c r="H42" t="str">
         <v>manickat</v>
       </c>
       <c r="I42">
         <v>2</v>
       </c>
       <c r="J42">
         <v>56</v>
       </c>
       <c r="K42">
         <v>2</v>
       </c>
       <c r="L42">
         <v>3</v>
       </c>
       <c r="M42">
         <v>3</v>
       </c>
       <c r="N42">
         <v>3</v>
       </c>
       <c r="O42">
         <v>3</v>
       </c>