--- v0 (2025-12-16)
+++ v1 (2026-03-19)
@@ -2927,50 +2927,53 @@
         <v>3</v>
       </c>
       <c r="AH24">
         <v>2</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>MA3</v>
       </c>
       <c r="B25" t="str">
         <v>3</v>
       </c>
       <c r="C25">
         <v>3</v>
       </c>
       <c r="D25" t="str">
         <v>Jack Cooper</v>
       </c>
       <c r="E25">
         <v>6</v>
       </c>
       <c r="F25">
         <v>78</v>
       </c>
+      <c r="G25">
+        <v>314147</v>
+      </c>
       <c r="H25" t="str">
         <v>jcooper17</v>
       </c>
       <c r="I25">
         <v>6</v>
       </c>
       <c r="J25">
         <v>78</v>
       </c>
       <c r="K25">
         <v>3</v>
       </c>
       <c r="L25">
         <v>4</v>
       </c>
       <c r="M25">
         <v>2</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">