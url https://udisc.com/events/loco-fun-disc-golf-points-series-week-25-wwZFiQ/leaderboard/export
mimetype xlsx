--- v0 (2025-12-16)
+++ v1 (2026-03-19)
@@ -3491,50 +3491,53 @@
         <v>4</v>
       </c>
       <c r="AK27">
         <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>MA3</v>
       </c>
       <c r="B28" t="str">
         <v>4</v>
       </c>
       <c r="C28">
         <v>4</v>
       </c>
       <c r="D28" t="str">
         <v>Damion Smith</v>
       </c>
       <c r="E28">
         <v>28</v>
       </c>
       <c r="F28">
         <v>114</v>
       </c>
+      <c r="G28">
+        <v>323894</v>
+      </c>
       <c r="H28" t="str">
         <v>damion999</v>
       </c>
       <c r="I28">
         <v>28</v>
       </c>
       <c r="J28">
         <v>114</v>
       </c>
       <c r="K28">
         <v>5</v>
       </c>
       <c r="L28">
         <v>4</v>
       </c>
       <c r="M28">
         <v>4</v>
       </c>
       <c r="N28">
         <v>3</v>
       </c>
       <c r="O28">
         <v>4</v>
       </c>
       <c r="P28">