--- v0 (2025-10-19)
+++ v1 (2026-02-01)
@@ -787,51 +787,51 @@
       </c>
       <c r="R5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MP40</v>
       </c>
       <c r="B6" t="str">
         <v>1</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
       <c r="D6" t="str">
         <v>Erik Holmen</v>
       </c>
       <c r="E6">
         <v>7</v>
       </c>
       <c r="F6">
         <v>65</v>
       </c>
       <c r="H6" t="str">
-        <v>erikholmen13</v>
+        <v>erikholmen76</v>
       </c>
       <c r="I6">
         <v>7</v>
       </c>
       <c r="J6">
         <v>65</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>6</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>